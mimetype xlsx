--- v0 (2025-11-07)
+++ v1 (2026-02-14)
@@ -1,4039 +1,430 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="787" uniqueCount="424">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>THERASPHERE</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>28/01/2020 00:00:00</t>
-[...284 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) consists, after prior cytoreductive surgery (curative indications, peritoneal carcinomatosis) or not (preventive indications, for the said carcinomatosis), in delivering a heated chemotherapy treatment to the abdominal cavity. The two objectives of this report were: question 1: to assess the efficacy and safety of the HIPEC procedure associated or not with prior cytoreductive surgery in order to define which indications are approved/non-approved; question 2: to define the conditions in which the HIPEC procedure is carried out associated or not with prior cytoreductive surgery, and of the ensuing hospitalisation; along with the preoperative preparation required and methods of post-hospitalisation follow-up.</t>
+  </si>
+  <si>
+    <t>06/17/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/21/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
+    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>28/09/2016 00:00:00</t>
+    <t>09/28/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
   <si>
-    <t>Examens biologiques de recherche du virus d’Epstein Barr (EBV) dans la prise en charge du carcinome du rhinopharynx</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
+    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
+  </si>
+  <si>
+    <t>To assess clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of anal canal cancer in view of its reimbursement by National Health Insurance, the comparator being three-dimensional conformational radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>07/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/05/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
   </si>
   <si>
     <t>c_1364144</t>
   </si>
   <si>
-    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col de l’utérus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019236/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-de-l-uterus</t>
+    <t>Conformational intensity-modulated radiation therapy in cervical cancer</t>
+  </si>
+  <si>
+    <t>to assess the clinical effectiveness and safety of conformational intensity-modulated radiotherapy (IMRT) for the treatment of cervical cancer, in view of reimbursement of IMRT by National Health Insurance, the comparator being conformational three-dimensional radiation therapy (3D-CRT)</t>
+  </si>
+  <si>
+    <t>01/28/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2015 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019236/en/conformational-intensity-modulated-radiation-therapy-in-cervical-cancer</t>
   </si>
   <si>
     <t>c_2019236</t>
   </si>
   <si>
-    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
-[...17 lines deleted...]
-    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>14/12/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
   </si>
   <si>
     <t>c_1169049</t>
-  </si>
-[...796 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535830/fr/cisplatine-hikma-cisplatine-oncologie</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J7"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...7 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
         <v>32</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>33</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
         <v>37</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>38</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>39</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>40</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
         <v>44</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>45</v>
       </c>
-      <c r="D7" t="s">
+      <c r="H7" t="s">
         <v>46</v>
-      </c>
-[...82 lines deleted...]
-        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...2347 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>