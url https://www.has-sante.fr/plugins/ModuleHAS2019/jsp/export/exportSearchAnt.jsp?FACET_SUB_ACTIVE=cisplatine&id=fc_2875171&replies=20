--- v0 (2025-11-08)
+++ v1 (2026-03-20)
@@ -1,80 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="795" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="829" uniqueCount="443">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -542,92 +545,116 @@
   <si>
     <t>c_1169049</t>
   </si>
   <si>
     <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
   </si>
   <si>
     <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
   </si>
   <si>
     <t>16/12/2011 17:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
   </si>
   <si>
     <t>c_1148855</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 10 décembre 2025</t>
+  </si>
+  <si>
+    <t>03/12/2025 14:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3775776/fr/commission-de-la-transparence-reunion-du-10-decembre-2025</t>
+  </si>
+  <si>
+    <t>p_3775776</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>Collège délibératif du 28 mai 2025</t>
   </si>
   <si>
     <t>16/07/2025 16:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636346/fr/college-deliberatif-du-28-mai-2025</t>
   </si>
   <si>
     <t>p_3636346</t>
   </si>
   <si>
     <t>Collège</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 28 mai 2025</t>
   </si>
   <si>
     <t>21/05/2025 16:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3607140/fr/commission-de-la-transparence-reunion-du-28-mai-2025</t>
   </si>
   <si>
     <t>p_3607140</t>
   </si>
   <si>
-    <t>Commission</t>
-[...1 lines deleted...]
-  <si>
     <t>Commission de la transparence - Réunion du 14 mai 2025</t>
   </si>
   <si>
     <t>09/05/2025 10:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604273/fr/commission-de-la-transparence-reunion-du-14-mai-2025</t>
   </si>
   <si>
     <t>p_3604273</t>
   </si>
   <si>
+    <t>Collège délibératif du 10 avril 2025</t>
+  </si>
+  <si>
+    <t>06/05/2025 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603185/fr/college-deliberatif-du-10-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3603185</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 26 mars 2025</t>
   </si>
   <si>
     <t>20/03/2025 15:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598140/fr/commission-de-la-transparence-reunion-du-26-mars-2025</t>
   </si>
   <si>
     <t>p_3598140</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
   </si>
   <si>
     <t>10/07/2024 18:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
   </si>
   <si>
     <t>p_3529998</t>
   </si>
   <si>
     <t>PV Collège délibératif du 21 mars 2024</t>
@@ -1317,96 +1344,114 @@
     <t>CISPLATINE (cisplatine)</t>
   </si>
   <si>
     <t>01/08/2024 16:23:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984631/fr/cisplatine-cisplatine</t>
   </si>
   <si>
     <t>pprd_2984631</t>
   </si>
   <si>
     <t>cisplatine</t>
   </si>
   <si>
     <t>ACCORD HEALTHCARE FRANCE SAS / DAKOTA PHARM / HIKMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399728/fr/cisplatine-dakota-cisplatine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2003850/fr/cisplatine-accord-cisplatine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3535830/fr/cisplatine-hikma-cisplatine-oncologie</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Rapports d'activité 2024 des commissions et conseil de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS publie son rapport d'activité 2024 ainsi que ceux de ses commissions et conseil (CT, la CNEDiMTS, la CEESP, la CTV, la CSMS, la CEDiag, la CCES, la CRPPI et du CEU). Une année 2024 qui marque un temps fort pour notre institution : ses 20 ans d’existence. Deux décennies d’engagement au service de la qualité des soins et des accompagnements, pendant lesquelles la HAS a su adapter ses missions et ses méthodes pour répondre aux transformations du système de santé, tout en préservant sa double exigence de rigueur scientifique et d’indépendance.</t>
+  </si>
+  <si>
+    <t>10/04/2025 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349687/fr/rapports-d-activite-2024-des-commissions-et-conseil-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3349687</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -2285,51 +2330,51 @@
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
         <v>165</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>166</v>
       </c>
       <c r="H10" t="s">
         <v>167</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I45"/>
+  <dimension ref="A1:I47"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2404,80 +2449,80 @@
       <c r="A4" t="s">
         <v>169</v>
       </c>
       <c r="B4" t="s">
         <v>180</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>181</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>182</v>
       </c>
       <c r="H4" t="s">
         <v>183</v>
       </c>
       <c r="I4" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>169</v>
       </c>
       <c r="B5" t="s">
         <v>184</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>185</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>186</v>
       </c>
       <c r="H5" t="s">
         <v>187</v>
       </c>
       <c r="I5" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>169</v>
       </c>
       <c r="B6" t="s">
         <v>188</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>189</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>190</v>
       </c>
       <c r="H6" t="s">
@@ -2491,1590 +2536,1714 @@
       <c r="A7" t="s">
         <v>169</v>
       </c>
       <c r="B7" t="s">
         <v>192</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>193</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>194</v>
       </c>
       <c r="H7" t="s">
         <v>195</v>
       </c>
       <c r="I7" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>169</v>
       </c>
       <c r="B8" t="s">
         <v>196</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>197</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>198</v>
       </c>
       <c r="H8" t="s">
         <v>199</v>
       </c>
       <c r="I8" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>169</v>
       </c>
       <c r="B9" t="s">
         <v>200</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>201</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>202</v>
       </c>
       <c r="H9" t="s">
         <v>203</v>
       </c>
       <c r="I9" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>169</v>
       </c>
       <c r="B10" t="s">
         <v>204</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H10" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I10" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>169</v>
       </c>
       <c r="B11" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>201</v>
+        <v>209</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="H11" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="I11" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>169</v>
       </c>
       <c r="B12" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H12" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I12" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>169</v>
       </c>
       <c r="B13" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>216</v>
       </c>
       <c r="H13" t="s">
         <v>217</v>
       </c>
       <c r="I13" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>169</v>
       </c>
       <c r="B14" t="s">
         <v>218</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
         <v>219</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>220</v>
       </c>
       <c r="H14" t="s">
         <v>221</v>
       </c>
       <c r="I14" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>169</v>
       </c>
       <c r="B15" t="s">
         <v>222</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
         <v>223</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>224</v>
       </c>
       <c r="H15" t="s">
         <v>225</v>
       </c>
       <c r="I15" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>169</v>
       </c>
       <c r="B16" t="s">
         <v>226</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>227</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
         <v>228</v>
       </c>
       <c r="H16" t="s">
         <v>229</v>
       </c>
       <c r="I16" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>169</v>
       </c>
       <c r="B17" t="s">
         <v>230</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>231</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>232</v>
       </c>
       <c r="H17" t="s">
         <v>233</v>
       </c>
       <c r="I17" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>169</v>
       </c>
       <c r="B18" t="s">
         <v>234</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
         <v>235</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
         <v>236</v>
       </c>
       <c r="H18" t="s">
         <v>237</v>
       </c>
       <c r="I18" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>169</v>
       </c>
       <c r="B19" t="s">
         <v>238</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>239</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>240</v>
       </c>
       <c r="H19" t="s">
         <v>241</v>
       </c>
       <c r="I19" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>169</v>
       </c>
       <c r="B20" t="s">
         <v>242</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
         <v>243</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>244</v>
       </c>
       <c r="H20" t="s">
         <v>245</v>
       </c>
       <c r="I20" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>169</v>
       </c>
       <c r="B21" t="s">
         <v>246</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
         <v>247</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>248</v>
       </c>
       <c r="H21" t="s">
         <v>249</v>
       </c>
       <c r="I21" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>169</v>
       </c>
       <c r="B22" t="s">
         <v>250</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
         <v>251</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
         <v>252</v>
       </c>
       <c r="H22" t="s">
         <v>253</v>
       </c>
       <c r="I22" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>169</v>
       </c>
       <c r="B23" t="s">
         <v>254</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
         <v>255</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>256</v>
       </c>
       <c r="H23" t="s">
         <v>257</v>
       </c>
       <c r="I23" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>169</v>
       </c>
       <c r="B24" t="s">
         <v>258</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
         <v>259</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
         <v>260</v>
       </c>
       <c r="H24" t="s">
         <v>261</v>
       </c>
       <c r="I24" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>169</v>
       </c>
       <c r="B25" t="s">
         <v>262</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>263</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
         <v>264</v>
       </c>
       <c r="H25" t="s">
         <v>265</v>
       </c>
       <c r="I25" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>169</v>
       </c>
       <c r="B26" t="s">
         <v>266</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
         <v>267</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
         <v>268</v>
       </c>
       <c r="H26" t="s">
         <v>269</v>
       </c>
       <c r="I26" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>169</v>
       </c>
       <c r="B27" t="s">
         <v>270</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
         <v>271</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>272</v>
       </c>
       <c r="H27" t="s">
         <v>273</v>
       </c>
       <c r="I27" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>169</v>
       </c>
       <c r="B28" t="s">
         <v>274</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
         <v>275</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>276</v>
       </c>
       <c r="H28" t="s">
         <v>277</v>
       </c>
       <c r="I28" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>169</v>
       </c>
       <c r="B29" t="s">
         <v>278</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
         <v>279</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
         <v>280</v>
       </c>
       <c r="H29" t="s">
         <v>281</v>
       </c>
       <c r="I29" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>169</v>
       </c>
       <c r="B30" t="s">
         <v>282</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
         <v>283</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
         <v>284</v>
       </c>
       <c r="H30" t="s">
         <v>285</v>
       </c>
       <c r="I30" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>169</v>
       </c>
       <c r="B31" t="s">
         <v>286</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
         <v>287</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
         <v>288</v>
       </c>
       <c r="H31" t="s">
         <v>289</v>
       </c>
       <c r="I31" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>169</v>
       </c>
       <c r="B32" t="s">
         <v>290</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
         <v>291</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
         <v>292</v>
       </c>
       <c r="H32" t="s">
         <v>293</v>
       </c>
       <c r="I32" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>169</v>
       </c>
       <c r="B33" t="s">
         <v>294</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
         <v>295</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
         <v>296</v>
       </c>
       <c r="H33" t="s">
         <v>297</v>
       </c>
       <c r="I33" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>169</v>
       </c>
       <c r="B34" t="s">
         <v>298</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
         <v>299</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
         <v>300</v>
       </c>
       <c r="H34" t="s">
         <v>301</v>
       </c>
       <c r="I34" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>169</v>
       </c>
       <c r="B35" t="s">
         <v>302</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
         <v>303</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
         <v>304</v>
       </c>
       <c r="H35" t="s">
         <v>305</v>
       </c>
       <c r="I35" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>169</v>
       </c>
       <c r="B36" t="s">
         <v>306</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
         <v>307</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
         <v>308</v>
       </c>
       <c r="H36" t="s">
         <v>309</v>
       </c>
       <c r="I36" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>169</v>
       </c>
       <c r="B37" t="s">
         <v>310</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
         <v>311</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
         <v>312</v>
       </c>
       <c r="H37" t="s">
         <v>313</v>
       </c>
       <c r="I37" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>169</v>
       </c>
       <c r="B38" t="s">
         <v>314</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
         <v>315</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
         <v>316</v>
       </c>
       <c r="H38" t="s">
         <v>317</v>
       </c>
       <c r="I38" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>169</v>
       </c>
       <c r="B39" t="s">
         <v>318</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
         <v>319</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
         <v>320</v>
       </c>
       <c r="H39" t="s">
         <v>321</v>
       </c>
       <c r="I39" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>169</v>
       </c>
       <c r="B40" t="s">
         <v>322</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
         <v>323</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
         <v>324</v>
       </c>
       <c r="H40" t="s">
         <v>325</v>
       </c>
       <c r="I40" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>169</v>
       </c>
       <c r="B41" t="s">
         <v>326</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
         <v>327</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
         <v>328</v>
       </c>
       <c r="H41" t="s">
         <v>329</v>
       </c>
       <c r="I41" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>169</v>
       </c>
       <c r="B42" t="s">
         <v>330</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
         <v>331</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
         <v>332</v>
       </c>
       <c r="H42" t="s">
         <v>333</v>
       </c>
       <c r="I42" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>169</v>
       </c>
       <c r="B43" t="s">
         <v>334</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
         <v>335</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
         <v>336</v>
       </c>
       <c r="H43" t="s">
         <v>337</v>
       </c>
       <c r="I43" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>169</v>
       </c>
       <c r="B44" t="s">
         <v>338</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
         <v>339</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
         <v>340</v>
       </c>
       <c r="H44" t="s">
         <v>341</v>
       </c>
       <c r="I44" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>169</v>
       </c>
       <c r="B45" t="s">
         <v>342</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
         <v>343</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
         <v>344</v>
       </c>
       <c r="H45" t="s">
         <v>345</v>
       </c>
       <c r="I45" t="s">
-        <v>179</v>
+        <v>174</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>169</v>
+      </c>
+      <c r="B46" t="s">
+        <v>346</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>347</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>348</v>
+      </c>
+      <c r="H46" t="s">
+        <v>349</v>
+      </c>
+      <c r="I46" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>169</v>
+      </c>
+      <c r="B47" t="s">
+        <v>350</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>351</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>352</v>
+      </c>
+      <c r="H47" t="s">
+        <v>353</v>
+      </c>
+      <c r="I47" t="s">
+        <v>174</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B2" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="C2" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="D2" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="E2" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
       <c r="H2" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B3" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="C3" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="D3" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="E3" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="H3" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B4" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="C4" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="D4" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
       <c r="E4" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="H4" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B5" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="C5" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="D5" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="E5" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="H5" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B6" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="C6" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="D6" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="E6" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="H6" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B7" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="C7" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="D7" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="E7" t="s">
         <v>119</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="H7" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B8" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="C8" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="D8" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="E8" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="H8" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B9" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="C9" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="D9" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="E9" t="s">
-        <v>391</v>
+        <v>399</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="H9" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B10" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="C10" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="D10" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="E10" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="H10" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B11" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="C11" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="D11" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="E11" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="H11" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B12" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="C12" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="D12" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="E12" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="H12" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="B13" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="C13" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="D13" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
       <c r="E13" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="H13" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="B2" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>421</v>
+        <v>429</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="H2" t="s">
-        <v>423</v>
+        <v>431</v>
       </c>
       <c r="I2" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
       <c r="J2" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="K2" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="L2" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="M2" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>437</v>
+      </c>
+      <c r="B2" t="s">
+        <v>438</v>
+      </c>
+      <c r="C2" t="s">
+        <v>439</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>440</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>441</v>
+      </c>
+      <c r="H2" t="s">
+        <v>442</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>