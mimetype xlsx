--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,134 +9,182 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
   </si>
   <si>
     <t>07/03/2012 00:00:00</t>
   </si>
   <si>
     <t>08/03/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
   </si>
   <si>
     <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
   </si>
   <si>
     <t>26/03/2018 00:00:00</t>
   </si>
   <si>
     <t>26/03/2018 05:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
   </si>
   <si>
     <t>c_2006477</t>
   </si>
   <si>
     <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
   </si>
   <si>
     <t>26/06/2019 00:00:00</t>
   </si>
   <si>
     <t>12/09/2019 11:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
   </si>
   <si>
     <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
   </si>
   <si>
     <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
   </si>
   <si>
     <t>16/03/2010 15:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
   </si>
   <si>
     <t>c_930913</t>
   </si>
   <si>
     <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
   </si>
@@ -179,51 +227,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -239,60 +287,60 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
@@ -317,67 +365,145 @@
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>38</v>
       </c>
-      <c r="H6" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
         <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>