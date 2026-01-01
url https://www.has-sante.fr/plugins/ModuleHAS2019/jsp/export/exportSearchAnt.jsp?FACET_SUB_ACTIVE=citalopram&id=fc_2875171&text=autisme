--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,185 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>26/03/2018 05:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
   </si>
   <si>
     <t>c_953959</t>
-  </si>
-[...16 lines deleted...]
-    <t>p_3290161</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -201,95 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>