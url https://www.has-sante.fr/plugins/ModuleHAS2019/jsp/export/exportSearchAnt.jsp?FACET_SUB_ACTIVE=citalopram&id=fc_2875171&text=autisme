--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -9,149 +9,233 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +249,173 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>