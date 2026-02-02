--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,167 +9,377 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="92">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/12/2019 11:28:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des consommateurs de cocaïne</t>
+  </si>
+  <si>
+    <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
+  </si>
+  <si>
+    <t>03/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 09:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
+  </si>
+  <si>
+    <t>c_951095</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1739917</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +419,355 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>74</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>79</v>
+      </c>
+      <c r="H13" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" t="s">
+        <v>82</v>
+      </c>
+      <c r="C14" t="s">
+        <v>83</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>89</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>90</v>
+      </c>
+      <c r="H15" t="s">
+        <v>91</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>