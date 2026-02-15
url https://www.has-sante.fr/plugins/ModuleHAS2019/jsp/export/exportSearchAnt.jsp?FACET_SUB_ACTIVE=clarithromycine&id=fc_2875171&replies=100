--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,1030 +1,400 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="567" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="97">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>20/08/2010 16:17:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
+    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance, which may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are factors to consider for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
+    <t>Acute pyelonephritis in women</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
+    <t>Pregnant women - urinary colonisation and cystitis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Assessment of scaling and root planing (non-surgical periodontal therapy) in the treatment of periodontal disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request by the French National Health Insurance concerning non-surgical periodontal therapy or scaling and root planing (SRP), this report focused on the assessment of the SRP procedure in the management of aggressive and chronic periodontal disease, in terms of its efficacy and safety. The assessment also studied the effects of the full-mouth disinfection method, with or without antiseptic agents, compared to SRP by quadrant / sextant. In addition, the report assessed whether the use of adjuncts to SRP, local antibiotic therapy, systemic antibiotic therapy, photodynamic therapy and different types of laser (Er:YAG laser, Nd:YAg laser, diode laser), were liable to improve the efficacy of treatment, compared to SRP alone</t>
+  </si>
+  <si>
+    <t>12/19/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/21/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2842270</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2770361</t>
+  </si>
+  <si>
+    <t>Documents for Patients</t>
+  </si>
+  <si>
+    <t>Research and treatment of Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Your doctor has prescribed a medical test to screen for Helicobacter pylori or you will receive treatment to eliminate this infection. These information leaflets are intended to accompany you and provide you with all useful information.</t>
+  </si>
+  <si>
+    <t>03/13/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/26/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/en/research-and-treatment-of-helicobacter-pylori</t>
   </si>
   <si>
     <t>c_2911396</t>
-  </si>
-[...340 lines deleted...]
-    <t>c_2906074</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1038,1938 +408,485 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-  </sheetData>
-[...64 lines deleted...]
-    </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" t="s">
         <v>18</v>
-      </c>
-[...13 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D5" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>25</v>
       </c>
-      <c r="F5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="D6" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>37</v>
+        <v>30</v>
       </c>
       <c r="H6" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>39</v>
+        <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="D7" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>34</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="C8" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="H8" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="C9" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="H9" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="C10" t="s">
-        <v>18</v>
+        <v>37</v>
       </c>
       <c r="D10" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="H10" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>53</v>
+        <v>19</v>
       </c>
       <c r="C11" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D11" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>55</v>
+        <v>48</v>
       </c>
       <c r="H11" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="C12" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D12" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="H12" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>60</v>
+        <v>53</v>
       </c>
       <c r="C13" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="D13" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="E13" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="H13" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="D14" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="E14" t="s">
         <v>62</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="H14" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
+        <v>65</v>
+      </c>
+      <c r="C15" t="s">
+        <v>66</v>
+      </c>
+      <c r="D15" t="s">
+        <v>67</v>
+      </c>
+      <c r="E15" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>62</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>69</v>
       </c>
       <c r="H15" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C16" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="D16" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="E16" t="s">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="H16" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="C17" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="D17" t="s">
-        <v>24</v>
+        <v>80</v>
       </c>
       <c r="E17" t="s">
-        <v>62</v>
+        <v>81</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="H17" t="s">
-        <v>76</v>
+        <v>83</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>71</v>
       </c>
       <c r="B18" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="C18" t="s">
-        <v>18</v>
+        <v>85</v>
       </c>
       <c r="D18" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
       <c r="E18" t="s">
-        <v>62</v>
+        <v>87</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
       <c r="H18" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="B19" t="s">
-        <v>80</v>
+        <v>91</v>
       </c>
       <c r="C19" t="s">
-        <v>18</v>
+        <v>92</v>
       </c>
       <c r="D19" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="E19" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>81</v>
+        <v>95</v>
       </c>
       <c r="H19" t="s">
-        <v>82</v>
-[...99 lines deleted...]
-      <c r="G23" t="s">
         <v>96</v>
-      </c>
-[...1284 lines deleted...]
-        <v>298</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>