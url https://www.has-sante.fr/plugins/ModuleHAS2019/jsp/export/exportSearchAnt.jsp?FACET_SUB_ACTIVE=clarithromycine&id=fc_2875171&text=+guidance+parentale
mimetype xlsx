--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -86,81 +86,81 @@
   <si>
     <t>p_3118113</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Malformations lymphatiques kystiques (MLK)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2021 00:00:00</t>
   </si>
   <si>
     <t>09/03/2021 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
   </si>
   <si>
     <t>p_3241227</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission des stratégies de prise en charge - Réunion du Mardi 17 janvier 2017</t>
   </si>
   <si>
     <t>29/06/2017 15:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2777672/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-17-janvier-2017</t>
   </si>
   <si>
     <t>c_2777672</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
 </sst>
 </file>
 
@@ -323,77 +323,77 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>22</v>
       </c>
       <c r="B2" t="s">
         <v>23</v>
       </c>
       <c r="C2" t="s">
         <v>24</v>
       </c>
       <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>25</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>26</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>22</v>
       </c>
       <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
         <v>29</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>