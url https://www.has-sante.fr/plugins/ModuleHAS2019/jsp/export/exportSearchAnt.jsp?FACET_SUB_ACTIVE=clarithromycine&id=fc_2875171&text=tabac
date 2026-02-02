--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,224 +9,500 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="184" uniqueCount="133">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2004 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
+  </si>
+  <si>
+    <t>28/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2010 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
+  </si>
+  <si>
+    <t>c_976382</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+  </si>
+  <si>
+    <t>p_3356489</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
-[...14 lines deleted...]
-    <t>p_3356489</t>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Helicobacter pylori : recherche et traitement</t>
+  </si>
+  <si>
+    <t>Votre médecin vous a prescrit un examen pour rechercher la bactérie Helicobacter pylori ou vous allez recevoir un traitement pour éliminer cette infection. Ces fiches d'information ont pour objectif de vous accompagner et de vous apporter toutes les informations utiles.</t>
+  </si>
+  <si>
+    <t>13/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911396/fr/helicobacter-pylori-recherche-et-traitement</t>
+  </si>
+  <si>
+    <t>c_2911396</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H23"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -303,84 +579,526 @@
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>28</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>28</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
       </c>
-      <c r="H6" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
         <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>60</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>59</v>
+      </c>
+      <c r="D12" t="s">
+        <v>60</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>59</v>
+      </c>
+      <c r="D13" t="s">
+        <v>60</v>
+      </c>
+      <c r="E13" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>74</v>
+      </c>
+      <c r="H13" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" t="s">
+        <v>59</v>
+      </c>
+      <c r="D14" t="s">
+        <v>60</v>
+      </c>
+      <c r="E14" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>77</v>
+      </c>
+      <c r="H14" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>79</v>
+      </c>
+      <c r="C15" t="s">
+        <v>80</v>
+      </c>
+      <c r="D15" t="s">
+        <v>81</v>
+      </c>
+      <c r="E15" t="s">
+        <v>82</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>83</v>
+      </c>
+      <c r="H15" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>85</v>
+      </c>
+      <c r="C16" t="s">
+        <v>59</v>
+      </c>
+      <c r="D16" t="s">
+        <v>86</v>
+      </c>
+      <c r="E16" t="s">
+        <v>87</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>88</v>
+      </c>
+      <c r="H16" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>28</v>
+      </c>
+      <c r="B17" t="s">
+        <v>90</v>
+      </c>
+      <c r="C17" t="s">
+        <v>91</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>92</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>93</v>
+      </c>
+      <c r="H17" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" t="s">
+        <v>96</v>
+      </c>
+      <c r="D18" t="s">
+        <v>97</v>
+      </c>
+      <c r="E18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>99</v>
+      </c>
+      <c r="H18" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
+        <v>104</v>
+      </c>
+      <c r="E19" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>106</v>
+      </c>
+      <c r="H19" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>109</v>
+      </c>
+      <c r="D20" t="s">
+        <v>110</v>
+      </c>
+      <c r="E20" t="s">
+        <v>111</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>112</v>
+      </c>
+      <c r="H20" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>101</v>
+      </c>
+      <c r="B21" t="s">
+        <v>114</v>
+      </c>
+      <c r="C21" t="s">
+        <v>115</v>
+      </c>
+      <c r="D21" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" t="s">
+        <v>117</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>118</v>
+      </c>
+      <c r="H21" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>120</v>
+      </c>
+      <c r="B22" t="s">
+        <v>121</v>
+      </c>
+      <c r="C22" t="s">
+        <v>122</v>
+      </c>
+      <c r="D22" t="s">
+        <v>123</v>
+      </c>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>125</v>
+      </c>
+      <c r="H22" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>127</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>129</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>130</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>131</v>
+      </c>
+      <c r="H23" t="s">
+        <v>132</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>