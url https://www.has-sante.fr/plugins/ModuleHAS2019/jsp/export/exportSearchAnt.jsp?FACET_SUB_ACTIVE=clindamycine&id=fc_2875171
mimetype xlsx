--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -8,73 +8,73 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
     <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="356">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -104,50 +104,233 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_951392/fr/synicem-22-decembre-2009-2154-avis</t>
   </si>
   <si>
     <t>c_951392</t>
   </si>
   <si>
     <t>SYNIMED France</t>
   </si>
   <si>
     <t>SYNICEM - CNEDiMTS du 12 janvier 2010 (2154)</t>
   </si>
   <si>
     <t>12/01/2010 00:00:00</t>
   </si>
   <si>
     <t>28/01/2010 18:32:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_917934/fr/synicem-cnedimts-du-12-janvier-2010-2154</t>
   </si>
   <si>
     <t>c_917934</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Lymphœdème primaire</t>
+  </si>
+  <si>
+    <t>Ce PNDS explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de Lymphœdème primaire. Il a été élaboré par le Centre national de référence des maladies vasculaires rares à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>14/02/2019 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904795/fr/lymphoedeme-primaire</t>
+  </si>
+  <si>
+    <t>c_2904795</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
   </si>
   <si>
     <t>15/07/2021 00:00:00</t>
@@ -672,230 +855,50 @@
     <t>01/11/2004 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
     <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
   </si>
   <si>
     <t>01/11/2005 00:00:00</t>
   </si>
   <si>
     <t>01/11/2005 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
-  </si>
-[...178 lines deleted...]
-    <t>c_699967</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>08/02/2006 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_240391</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
@@ -1255,2093 +1258,2093 @@
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
         <v>22</v>
       </c>
       <c r="H3" t="s">
         <v>23</v>
       </c>
       <c r="I3" t="s">
         <v>15</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>26</v>
+      </c>
+      <c r="D2" t="s">
+        <v>27</v>
+      </c>
+      <c r="E2" t="s">
+        <v>28</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H2" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
+        <v>31</v>
+      </c>
+      <c r="C3" t="s">
+        <v>32</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>38</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>39</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>40</v>
+      </c>
+      <c r="H4" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" t="s">
+        <v>52</v>
+      </c>
+      <c r="C7" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" t="s">
+        <v>58</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>60</v>
+      </c>
+      <c r="H8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>63</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>64</v>
+      </c>
+      <c r="H9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" t="s">
+        <v>66</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>67</v>
+      </c>
+      <c r="H10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" t="s">
+        <v>72</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>73</v>
+      </c>
+      <c r="H11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>76</v>
+      </c>
+      <c r="D12" t="s">
+        <v>71</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>78</v>
+      </c>
+      <c r="H12" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>82</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>83</v>
+      </c>
+      <c r="H13" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>86</v>
       </c>
       <c r="C2" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D2" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>90</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B3" t="s">
-        <v>31</v>
+        <v>92</v>
       </c>
       <c r="C3" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>95</v>
       </c>
       <c r="H3" t="s">
-        <v>35</v>
+        <v>96</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>97</v>
       </c>
       <c r="C4" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D4" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E4" t="s">
-        <v>37</v>
+        <v>98</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>38</v>
+        <v>99</v>
       </c>
       <c r="H4" t="s">
-        <v>39</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B5" t="s">
-        <v>40</v>
+        <v>101</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>41</v>
+        <v>102</v>
       </c>
       <c r="H5" t="s">
-        <v>42</v>
+        <v>103</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B6" t="s">
-        <v>43</v>
+        <v>104</v>
       </c>
       <c r="C6" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>105</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>106</v>
       </c>
       <c r="H6" t="s">
-        <v>46</v>
+        <v>107</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B7" t="s">
-        <v>47</v>
+        <v>108</v>
       </c>
       <c r="C7" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D7" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E7" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>48</v>
+        <v>109</v>
       </c>
       <c r="H7" t="s">
-        <v>49</v>
+        <v>110</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
+        <v>111</v>
       </c>
       <c r="C8" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D8" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>112</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>113</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>114</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>54</v>
+        <v>115</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D9" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>116</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
+        <v>117</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>118</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>119</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D10" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E10" t="s">
-        <v>44</v>
+        <v>105</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>59</v>
+        <v>120</v>
       </c>
       <c r="H10" t="s">
-        <v>60</v>
+        <v>121</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E11" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>63</v>
+        <v>124</v>
       </c>
       <c r="H11" t="s">
-        <v>64</v>
+        <v>125</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>65</v>
+        <v>126</v>
       </c>
       <c r="C12" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D12" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E12" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>66</v>
+        <v>127</v>
       </c>
       <c r="H12" t="s">
-        <v>67</v>
+        <v>128</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>129</v>
       </c>
       <c r="C13" t="s">
-        <v>69</v>
+        <v>130</v>
       </c>
       <c r="D13" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="E13" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>132</v>
       </c>
       <c r="H13" t="s">
-        <v>72</v>
+        <v>133</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>134</v>
       </c>
       <c r="C14" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D14" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E14" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>74</v>
+        <v>135</v>
       </c>
       <c r="H14" t="s">
-        <v>75</v>
+        <v>136</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>76</v>
+        <v>137</v>
       </c>
       <c r="C15" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D15" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E15" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>77</v>
+        <v>138</v>
       </c>
       <c r="H15" t="s">
-        <v>78</v>
+        <v>139</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B16" t="s">
-        <v>79</v>
+        <v>140</v>
       </c>
       <c r="C16" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D16" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E16" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>80</v>
+        <v>141</v>
       </c>
       <c r="H16" t="s">
-        <v>81</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B17" t="s">
-        <v>82</v>
+        <v>143</v>
       </c>
       <c r="C17" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D17" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E17" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>83</v>
+        <v>144</v>
       </c>
       <c r="H17" t="s">
-        <v>84</v>
+        <v>145</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B18" t="s">
-        <v>85</v>
+        <v>146</v>
       </c>
       <c r="C18" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D18" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E18" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>86</v>
+        <v>147</v>
       </c>
       <c r="H18" t="s">
-        <v>87</v>
+        <v>148</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
-        <v>88</v>
+        <v>149</v>
       </c>
       <c r="C19" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D19" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E19" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="F19" t="s">
         <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>89</v>
+        <v>150</v>
       </c>
       <c r="H19" t="s">
-        <v>90</v>
+        <v>151</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>91</v>
+        <v>152</v>
       </c>
       <c r="C20" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D20" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E20" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>92</v>
+        <v>153</v>
       </c>
       <c r="H20" t="s">
-        <v>93</v>
+        <v>154</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>94</v>
+        <v>155</v>
       </c>
       <c r="C21" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D21" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="E21" t="s">
-        <v>95</v>
+        <v>156</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>96</v>
+        <v>157</v>
       </c>
       <c r="H21" t="s">
-        <v>97</v>
+        <v>158</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B22" t="s">
-        <v>98</v>
+        <v>159</v>
       </c>
       <c r="C22" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D22" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E22" t="s">
-        <v>99</v>
+        <v>160</v>
       </c>
       <c r="F22" t="s">
         <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>100</v>
+        <v>161</v>
       </c>
       <c r="H22" t="s">
-        <v>101</v>
+        <v>162</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B23" t="s">
-        <v>102</v>
+        <v>163</v>
       </c>
       <c r="C23" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D23" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E23" t="s">
-        <v>103</v>
+        <v>164</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>104</v>
+        <v>165</v>
       </c>
       <c r="H23" t="s">
-        <v>105</v>
+        <v>166</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B24" t="s">
-        <v>106</v>
+        <v>167</v>
       </c>
       <c r="C24" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D24" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="E24" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
       <c r="G24" t="s">
-        <v>107</v>
+        <v>168</v>
       </c>
       <c r="H24" t="s">
-        <v>108</v>
+        <v>169</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B25" t="s">
-        <v>109</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D25" t="s">
-        <v>27</v>
+        <v>88</v>
       </c>
       <c r="E25" t="s">
-        <v>28</v>
+        <v>89</v>
       </c>
       <c r="F25" t="s">
         <v>15</v>
       </c>
       <c r="G25" t="s">
-        <v>110</v>
+        <v>171</v>
       </c>
       <c r="H25" t="s">
-        <v>111</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B26" t="s">
-        <v>112</v>
+        <v>173</v>
       </c>
       <c r="C26" t="s">
-        <v>113</v>
+        <v>174</v>
       </c>
       <c r="D26" t="s">
-        <v>114</v>
+        <v>175</v>
       </c>
       <c r="E26" t="s">
-        <v>115</v>
+        <v>176</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>116</v>
+        <v>177</v>
       </c>
       <c r="H26" t="s">
-        <v>117</v>
+        <v>178</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B27" t="s">
-        <v>118</v>
+        <v>179</v>
       </c>
       <c r="C27" t="s">
-        <v>119</v>
+        <v>180</v>
       </c>
       <c r="D27" t="s">
-        <v>114</v>
+        <v>175</v>
       </c>
       <c r="E27" t="s">
-        <v>115</v>
+        <v>176</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27" t="s">
-        <v>120</v>
+        <v>181</v>
       </c>
       <c r="H27" t="s">
-        <v>121</v>
+        <v>182</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B28" t="s">
-        <v>122</v>
+        <v>183</v>
       </c>
       <c r="C28" t="s">
-        <v>123</v>
+        <v>184</v>
       </c>
       <c r="D28" t="s">
-        <v>114</v>
+        <v>175</v>
       </c>
       <c r="E28" t="s">
-        <v>124</v>
+        <v>185</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28" t="s">
-        <v>125</v>
+        <v>186</v>
       </c>
       <c r="H28" t="s">
-        <v>126</v>
+        <v>187</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B29" t="s">
-        <v>127</v>
+        <v>188</v>
       </c>
       <c r="C29" t="s">
-        <v>128</v>
+        <v>189</v>
       </c>
       <c r="D29" t="s">
-        <v>129</v>
+        <v>190</v>
       </c>
       <c r="E29" t="s">
-        <v>130</v>
+        <v>191</v>
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="G29" t="s">
-        <v>131</v>
+        <v>192</v>
       </c>
       <c r="H29" t="s">
-        <v>132</v>
+        <v>193</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B30" t="s">
-        <v>133</v>
+        <v>194</v>
       </c>
       <c r="C30" t="s">
-        <v>134</v>
+        <v>195</v>
       </c>
       <c r="D30" t="s">
-        <v>135</v>
+        <v>196</v>
       </c>
       <c r="E30" t="s">
-        <v>136</v>
+        <v>197</v>
       </c>
       <c r="F30" t="s">
         <v>15</v>
       </c>
       <c r="G30" t="s">
-        <v>137</v>
+        <v>198</v>
       </c>
       <c r="H30" t="s">
-        <v>138</v>
+        <v>199</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B31" t="s">
-        <v>139</v>
+        <v>200</v>
       </c>
       <c r="C31" t="s">
-        <v>140</v>
+        <v>201</v>
       </c>
       <c r="D31" t="s">
-        <v>141</v>
+        <v>202</v>
       </c>
       <c r="E31" t="s">
-        <v>142</v>
+        <v>203</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
-        <v>143</v>
+        <v>204</v>
       </c>
       <c r="H31" t="s">
-        <v>144</v>
+        <v>205</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B32" t="s">
-        <v>145</v>
+        <v>206</v>
       </c>
       <c r="C32" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D32" t="s">
-        <v>146</v>
+        <v>207</v>
       </c>
       <c r="E32" t="s">
-        <v>99</v>
+        <v>160</v>
       </c>
       <c r="F32" t="s">
         <v>15</v>
       </c>
       <c r="G32" t="s">
-        <v>147</v>
+        <v>208</v>
       </c>
       <c r="H32" t="s">
-        <v>148</v>
+        <v>209</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B33" t="s">
-        <v>149</v>
+        <v>210</v>
       </c>
       <c r="C33" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D33" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E33" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="F33" t="s">
         <v>15</v>
       </c>
       <c r="G33" t="s">
-        <v>150</v>
+        <v>211</v>
       </c>
       <c r="H33" t="s">
-        <v>151</v>
+        <v>212</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B34" t="s">
-        <v>152</v>
+        <v>213</v>
       </c>
       <c r="C34" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
       <c r="D34" t="s">
-        <v>32</v>
+        <v>93</v>
       </c>
       <c r="E34" t="s">
-        <v>70</v>
+        <v>131</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="G34" t="s">
-        <v>153</v>
+        <v>214</v>
       </c>
       <c r="H34" t="s">
-        <v>154</v>
+        <v>215</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B35" t="s">
-        <v>155</v>
+        <v>216</v>
       </c>
       <c r="C35" t="s">
-        <v>156</v>
+        <v>217</v>
       </c>
       <c r="D35" t="s">
-        <v>157</v>
+        <v>218</v>
       </c>
       <c r="E35" t="s">
-        <v>158</v>
+        <v>219</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
-        <v>159</v>
+        <v>220</v>
       </c>
       <c r="H35" t="s">
-        <v>160</v>
+        <v>221</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B36" t="s">
-        <v>161</v>
+        <v>222</v>
       </c>
       <c r="C36" t="s">
-        <v>162</v>
+        <v>223</v>
       </c>
       <c r="D36" t="s">
-        <v>163</v>
+        <v>224</v>
       </c>
       <c r="E36" t="s">
-        <v>164</v>
+        <v>225</v>
       </c>
       <c r="F36" t="s">
         <v>15</v>
       </c>
       <c r="G36" t="s">
-        <v>165</v>
+        <v>226</v>
       </c>
       <c r="H36" t="s">
-        <v>166</v>
+        <v>227</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B37" t="s">
-        <v>167</v>
+        <v>228</v>
       </c>
       <c r="C37" t="s">
-        <v>168</v>
+        <v>229</v>
       </c>
       <c r="D37" t="s">
-        <v>169</v>
+        <v>230</v>
       </c>
       <c r="E37" t="s">
-        <v>170</v>
+        <v>231</v>
       </c>
       <c r="F37" t="s">
         <v>15</v>
       </c>
       <c r="G37" t="s">
-        <v>171</v>
+        <v>232</v>
       </c>
       <c r="H37" t="s">
-        <v>172</v>
+        <v>233</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B38" t="s">
-        <v>173</v>
+        <v>234</v>
       </c>
       <c r="C38" t="s">
-        <v>174</v>
+        <v>235</v>
       </c>
       <c r="D38" t="s">
-        <v>175</v>
+        <v>236</v>
       </c>
       <c r="E38" t="s">
-        <v>176</v>
+        <v>237</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
       <c r="G38" t="s">
-        <v>177</v>
+        <v>238</v>
       </c>
       <c r="H38" t="s">
-        <v>178</v>
+        <v>239</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B39" t="s">
-        <v>179</v>
+        <v>240</v>
       </c>
       <c r="C39" t="s">
-        <v>180</v>
+        <v>241</v>
       </c>
       <c r="D39" t="s">
-        <v>181</v>
+        <v>242</v>
       </c>
       <c r="E39" t="s">
-        <v>182</v>
+        <v>243</v>
       </c>
       <c r="F39" t="s">
         <v>15</v>
       </c>
       <c r="G39" t="s">
-        <v>183</v>
+        <v>244</v>
       </c>
       <c r="H39" t="s">
-        <v>184</v>
+        <v>245</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B40" t="s">
-        <v>185</v>
+        <v>246</v>
       </c>
       <c r="C40" t="s">
-        <v>186</v>
+        <v>247</v>
       </c>
       <c r="D40" t="s">
-        <v>187</v>
+        <v>248</v>
       </c>
       <c r="E40" t="s">
-        <v>188</v>
+        <v>249</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40" t="s">
-        <v>189</v>
+        <v>250</v>
       </c>
       <c r="H40" t="s">
-        <v>190</v>
+        <v>251</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B41" t="s">
-        <v>191</v>
+        <v>252</v>
       </c>
       <c r="C41" t="s">
-        <v>192</v>
+        <v>253</v>
       </c>
       <c r="D41" t="s">
-        <v>193</v>
+        <v>254</v>
       </c>
       <c r="E41" t="s">
-        <v>193</v>
+        <v>254</v>
       </c>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="G41" t="s">
-        <v>194</v>
+        <v>255</v>
       </c>
       <c r="H41" t="s">
-        <v>195</v>
+        <v>256</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B42" t="s">
-        <v>196</v>
+        <v>257</v>
       </c>
       <c r="C42" t="s">
-        <v>197</v>
+        <v>258</v>
       </c>
       <c r="D42" t="s">
-        <v>198</v>
+        <v>259</v>
       </c>
       <c r="E42" t="s">
-        <v>199</v>
+        <v>260</v>
       </c>
       <c r="F42" t="s">
         <v>15</v>
       </c>
       <c r="G42" t="s">
-        <v>200</v>
+        <v>261</v>
       </c>
       <c r="H42" t="s">
-        <v>201</v>
+        <v>262</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B43" t="s">
-        <v>202</v>
+        <v>263</v>
       </c>
       <c r="C43" t="s">
-        <v>203</v>
+        <v>264</v>
       </c>
       <c r="D43" t="s">
-        <v>204</v>
+        <v>265</v>
       </c>
       <c r="E43" t="s">
-        <v>205</v>
+        <v>266</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43" t="s">
-        <v>206</v>
+        <v>267</v>
       </c>
       <c r="H43" t="s">
-        <v>207</v>
+        <v>268</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>24</v>
+        <v>85</v>
       </c>
       <c r="B44" t="s">
-        <v>208</v>
+        <v>269</v>
       </c>
       <c r="C44" t="s">
-        <v>209</v>
+        <v>270</v>
       </c>
       <c r="D44" t="s">
-        <v>210</v>
+        <v>271</v>
       </c>
       <c r="E44" t="s">
-        <v>211</v>
+        <v>272</v>
       </c>
       <c r="F44" t="s">
         <v>15</v>
       </c>
       <c r="G44" t="s">
-        <v>212</v>
+        <v>273</v>
       </c>
       <c r="H44" t="s">
-        <v>213</v>
-[...351 lines deleted...]
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C2" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D2" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="E2" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="H2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B3" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C3" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D3" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="E3" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H3" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B4" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C4" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D4" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="E4" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H4" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B5" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E5" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B6" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C6" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D6" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E6" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H6" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B7" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C7" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D7" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="E7" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F7" t="s">
         <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H7" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B8" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C8" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D8" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E8" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H8" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B9" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="C9" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="D9" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="E9" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H9" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="B2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="H2" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="I2" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="H2" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="I2" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="J2" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="K2" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="L2" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="M2" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="N2" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="O2" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B2" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="C2" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H2" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>