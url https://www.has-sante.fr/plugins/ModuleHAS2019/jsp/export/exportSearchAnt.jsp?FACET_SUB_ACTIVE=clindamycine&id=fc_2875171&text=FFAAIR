--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -35,87 +35,87 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...11 lines deleted...]
-    <t>28/01/2016 10:16:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
-[...2 lines deleted...]
-    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>23/12/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>