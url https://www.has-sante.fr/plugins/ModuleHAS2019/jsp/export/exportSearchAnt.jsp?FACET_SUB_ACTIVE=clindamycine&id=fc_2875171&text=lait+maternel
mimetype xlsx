--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,218 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>13/12/2022 11:52:00</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -230,283 +128,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
-[...6 lines deleted...]
-      <c r="B4" t="s">
         <v>22</v>
-      </c>
-[...146 lines deleted...]
-        <v>56</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>