--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,274 +1,316 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="55">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="67">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS) (y compris syndrome de Landau-Kleffner)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS). Il a été élaboré par le Centre de référence épilepsies rares (CReER) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3295051/fr/encephalopathie-epileptique-avec-pointe-ondes-continues-du-sommeil-eepocs-y-compris-syndrome-de-landau-kleffner</t>
   </si>
   <si>
     <t>p_3295051</t>
   </si>
   <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Épilepsie myoclonique du nourrisson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’épilepsie myoclonique du nourrisson. Il a été élaboré par le Centre de référence des épilepsies rare de l'hôpital Robert-Debré à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076470/fr/epilepsie-myoclonique-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3076470</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Épilepsies : Prise en charge des enfants et des adultes</t>
   </si>
   <si>
     <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
   </si>
   <si>
     <t>08/10/2020 00:00:00</t>
   </si>
   <si>
     <t>26/11/2020 09:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
   </si>
   <si>
     <t>p_3214468</t>
   </si>
   <si>
-    <t>Syndrome de Wolf-Hirschhorn</t>
-[...95 lines deleted...]
-    <t>p_3563444</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>LIKOZAM (clobazam)</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983931/fr/likozam-clobazam</t>
+  </si>
+  <si>
+    <t>pprd_2983931</t>
+  </si>
+  <si>
+    <t>clobazam</t>
+  </si>
+  <si>
+    <t>ADVICENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676744/fr/likozam-clobazam-en-suspension-buvable-benzodiazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793778/fr/likozam-clobazam-epilepsie</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -284,249 +326,376 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
-[...2 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...7 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>27</v>
       </c>
-      <c r="C5" t="s">
+      <c r="H5" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>29</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>32</v>
       </c>
-      <c r="C6" t="s">
+      <c r="H6" t="s">
         <v>33</v>
-      </c>
-[...13 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
         <v>36</v>
       </c>
-      <c r="C7" t="s">
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>37</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>39</v>
+      </c>
+      <c r="C8" t="s">
+        <v>40</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
         <v>41</v>
       </c>
-      <c r="C8" t="s">
+      <c r="H8" t="s">
         <v>42</v>
-      </c>
-[...13 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>46</v>
       </c>
-      <c r="C9" t="s">
+      <c r="H9" t="s">
         <v>47</v>
-      </c>
-[...39 lines deleted...]
-        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D2" t="s">
+        <v>51</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>55</v>
+      </c>
+      <c r="J1" t="s">
+        <v>56</v>
+      </c>
+      <c r="K1" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H2" t="s">
+        <v>62</v>
+      </c>
+      <c r="I2" t="s">
+        <v>63</v>
+      </c>
+      <c r="J2" t="s">
+        <v>64</v>
+      </c>
+      <c r="K2" t="s">
+        <v>65</v>
+      </c>
+      <c r="L2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>