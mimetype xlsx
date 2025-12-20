--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,440 +1,3812 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Web page" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="176" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2250" uniqueCount="1227">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>04/07/2014 15:40:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Test compagnon associé à une thérapie ciblée : définitions et méthode d’évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est d’exposer les fondements théoriques et méthodologiques de l’évaluation d’un test diagnostique, nommé test compagnon, permettant de sélectionner par l’identification d’un marqueur prédictif les patients seuls susceptibles de recevoir un bénéfice d’une thérapie dite ciblée.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/04/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_568395/en/atrial-fibrillation</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>DISPOSITIF D'OCCLUSION POUR FOP COCOON</t>
+  </si>
+  <si>
+    <t>11/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455702/fr/dispositif-d-occlusion-pour-fop-cocoon</t>
+  </si>
+  <si>
+    <t>p_3455702</t>
+  </si>
+  <si>
+    <t>Implant de fermeture du foramen ovale perméable</t>
+  </si>
+  <si>
+    <t>SMT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SEQUENT PLEASE NEO</t>
+  </si>
+  <si>
+    <t>06/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2023 15:06:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400568/fr/sequent-please-neo</t>
+  </si>
+  <si>
+    <t>p_3400568</t>
+  </si>
+  <si>
+    <t>Ballon coronaire actif à libération de  paclitaxel</t>
+  </si>
+  <si>
+    <t>B.BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>VIVO ISAR</t>
+  </si>
+  <si>
+    <t>20/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2023 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403977/fr/vivo-isar</t>
+  </si>
+  <si>
+    <t>p_3403977</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de  sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>TRANSLUMINA FRANCE</t>
+  </si>
+  <si>
+    <t>BIOFREEDOM</t>
+  </si>
+  <si>
+    <t>07/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2022 17:46:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344636/fr/biofreedom</t>
+  </si>
+  <si>
+    <t>p_3344636</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de  biolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>BIOSENSORS FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SYSTEME NEOVASC REDUCER</t>
+  </si>
+  <si>
+    <t>30/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2021 09:47:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303010/fr/systeme-neovasc-reducer</t>
+  </si>
+  <si>
+    <t>p_3303010</t>
+  </si>
+  <si>
+    <t>Endoprothèse de réduction du sinus coronaire</t>
+  </si>
+  <si>
+    <t>NEOVASC Inc</t>
+  </si>
+  <si>
+    <t>GORE CARDIOFORM</t>
+  </si>
+  <si>
+    <t>Fermeture du foramen ovale perméable (FOP) chez les patients âgés entre 16 et 60 ans, ayant eu un infarctus cérébral récent (= 6 mois) (ce délai sera prolongé si un enregistrement prolongé du rythme cardiaque est nécessaire), avec un FOP associé à un ASIA (&gt; 10mm) ou à un shunt droit-gauche &gt; 20 µbulles ou un diamètre = 2mm. Le FOP étant la cause la plus probable de l’infarctus cérébral après un bilan étiologique par un spécialiste neurovasculaire.</t>
+  </si>
+  <si>
+    <t>16/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2021 16:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302064/fr/gore-cardioform</t>
+  </si>
+  <si>
+    <t>p_3302064</t>
+  </si>
+  <si>
+    <t>Implant pour fermeture du foramen ovale perméable</t>
+  </si>
+  <si>
+    <t>WL GORE ET ASSOCIES SARL</t>
+  </si>
+  <si>
+    <t>22/11/2021 12:02:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298819/fr/sequent-please-neo</t>
+  </si>
+  <si>
+    <t>p_3298819</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>QUIKCLOT</t>
+  </si>
+  <si>
+    <t>En première intention pour la gestion locale des traumatismes avec une plaie hémorragique induisant des pertes de sang modérées à sévères en situation d’urgence pouvant engager le pronostic vital, telles que les lacérations, plaies chirurgicales (post-opératoires, dermatologiques etc.) et les lésions traumatiques. En première intention pour la gestion locale et le contrôle des pertes de sang non contrôlées provenant des zones d’accès vasculaires, des sondes ou des cathéters percutanés qui utilisent des gaines d’insertion jusqu’à 12 Fr ou jusqu’à 7 Fr, lors de situations d’urgence pouvant engager le pronostic vital des patients sous anticoagulant.</t>
+  </si>
+  <si>
+    <t>02/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:42:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298767/fr/quikclot</t>
+  </si>
+  <si>
+    <t>p_3298767</t>
+  </si>
+  <si>
+    <t>Pansement hémostatique à base de kaolin</t>
+  </si>
+  <si>
+    <t>Z-MEDICA</t>
+  </si>
+  <si>
+    <t>PANTERA LUX</t>
+  </si>
+  <si>
+    <t>Traitement de la première resténose clinique intra-stent nu (c’est-à-dire réapparition des symptômes ischémiques nécessitant une nouvelle revascularisation de l’artère). Traitement de la première resténose clinique intra-stent actif (c’est-à-dire réapparition des symptômes ischémiques nécessitant une nouvelle revascularisation de l’artère).</t>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:14:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287277/fr/pantera-lux</t>
+  </si>
+  <si>
+    <t>p_3287277</t>
+  </si>
+  <si>
+    <t>Ballon actif à libération de paclitaxel</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>AGENT</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287783/fr/agent</t>
+  </si>
+  <si>
+    <t>p_3287783</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>XACT</t>
+  </si>
+  <si>
+    <t>Traitement des sténoses athéroscléreuses symptomatiques (&gt; 50 %) : si le chirurgien juge l’endartériectomie contre-indiquée pour des raisons techniques ou anatomiques ou si les conditions médicochirurgicales sont jugées à risque après discussion pluridisciplinaire avec notamment avis du chirurgien vasculaire et consultation neurologique. Pour les sténoses athéroscléreuses asymptomatiques (&gt;=60 %) XACT est exceptionnellement indiqué si une revascularisation est jugée nécessaire au terme d’une discussion pluridisciplinaire au cours de laquelle le chirurgien juge l’intervention contre-indiquée. Cette décision devrait prendre en compte le risque naturel d’évolution de la maladie sous traitement médical optimal. Traitement des sténoses radiques et post-chirurgicales.</t>
+  </si>
+  <si>
+    <t>17/09/2021 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285891/fr/xact</t>
+  </si>
+  <si>
+    <t>p_3285891</t>
+  </si>
+  <si>
+    <t>Endoprothèse carotidienne auto-expansible</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>CGUARD CAROTID EMBOLIC PREVENTION SYSTEM (EPS)</t>
+  </si>
+  <si>
+    <t>11/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:49:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272089/fr/cguard-carotid-embolic-prevention-system-eps</t>
+  </si>
+  <si>
+    <t>p_3272089</t>
+  </si>
+  <si>
+    <t>InspireMD</t>
+  </si>
+  <si>
+    <t>SYNERGY</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267520/fr/synergy</t>
+  </si>
+  <si>
+    <t>p_3267520</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’évérolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>CARDIOMEMS</t>
+  </si>
+  <si>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267496/fr/cardiomems</t>
+  </si>
+  <si>
+    <t>p_3267496</t>
+  </si>
+  <si>
+    <t>Capteur de pression artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>CASPER</t>
+  </si>
+  <si>
+    <t>09/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2021 15:04:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259535/fr/casper</t>
+  </si>
+  <si>
+    <t>p_3259535</t>
+  </si>
+  <si>
+    <t>MICROVENTION EUROPE</t>
+  </si>
+  <si>
+    <t>ORSIRO</t>
+  </si>
+  <si>
+    <t>16/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193740/fr/orsiro</t>
+  </si>
+  <si>
+    <t>p_3193740</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>FIREHAWK</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2020 09:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146857/fr/firehawk</t>
+  </si>
+  <si>
+    <t>p_3146857</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>MICROPORT CRM FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SUPRAFLEX</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2020 09:30:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146608/fr/supraflex</t>
+  </si>
+  <si>
+    <t>p_3146608</t>
+  </si>
+  <si>
+    <t>SMT - Sahajanand Medical Technologies Pvt Ltd</t>
+  </si>
+  <si>
+    <t>CRE8</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2020 17:08:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122217/fr/cre8</t>
+  </si>
+  <si>
+    <t>p_3122217</t>
+  </si>
+  <si>
+    <t>ALVIMEDICA MEDICAL TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ROTAPRO</t>
+  </si>
+  <si>
+    <t>03/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2019 10:33:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135348/fr/rotapro</t>
+  </si>
+  <si>
+    <t>p_3135348</t>
+  </si>
+  <si>
+    <t>système d’athérectomie rotationnelle</t>
+  </si>
+  <si>
+    <t>ANGIOLITE</t>
+  </si>
+  <si>
+    <t>22/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2019 11:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121326/fr/angiolite</t>
+  </si>
+  <si>
+    <t>p_3121326</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement),</t>
+  </si>
+  <si>
+    <t>IVASCULAR FRANCE</t>
+  </si>
+  <si>
+    <t>BIOMIME</t>
+  </si>
+  <si>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106825/fr/biomime</t>
+  </si>
+  <si>
+    <t>p_3106825</t>
+  </si>
+  <si>
+    <t>MERIL LIFE SCIENCES Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968543/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_2968543</t>
+  </si>
+  <si>
+    <t>LAMBRE</t>
+  </si>
+  <si>
+    <t>12/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2019 17:51:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912400/fr/lambre</t>
+  </si>
+  <si>
+    <t>c_2912400</t>
+  </si>
+  <si>
+    <t>dispositif de fermeture transcutanée de l’appendice auriculaire gauche</t>
+  </si>
+  <si>
+    <t>LIFETECH SCIENTIFIC (NETHERLANDS) B.V.</t>
+  </si>
+  <si>
+    <t>26/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2019 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909449/fr/firehawk</t>
+  </si>
+  <si>
+    <t>c_2909449</t>
+  </si>
+  <si>
+    <t>MISTENT</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2019 09:03:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907554/fr/mistent</t>
+  </si>
+  <si>
+    <t>c_2907554</t>
+  </si>
+  <si>
+    <t>STENTYS SA</t>
+  </si>
+  <si>
+    <t>ELUNIR</t>
+  </si>
+  <si>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902384/fr/elunir</t>
+  </si>
+  <si>
+    <t>c_2902384</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de ridaforolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>CARDINAL HEALTH FRANCE 506 SAS</t>
+  </si>
+  <si>
+    <t>YUKON CHROME PC</t>
+  </si>
+  <si>
+    <t>04/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902390/fr/yukon-chrome-pc</t>
+  </si>
+  <si>
+    <t>c_2902390</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus</t>
+  </si>
+  <si>
+    <t>TRANSLUMINA GmbH</t>
+  </si>
+  <si>
+    <t>YUKON CHOICE PC</t>
+  </si>
+  <si>
+    <t>25/01/2019 08:51:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896009/fr/yukon-choice-pc</t>
+  </si>
+  <si>
+    <t>c_2896009</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>23/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2018 09:29:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882656/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_2882656</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée d’everolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>ULTIMASTER</t>
+  </si>
+  <si>
+    <t>06/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2018 15:19:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830852/fr/ultimaster</t>
+  </si>
+  <si>
+    <t>c_2830852</t>
+  </si>
+  <si>
+    <t>Laboratoires TERUMO France SA</t>
+  </si>
+  <si>
+    <t>18/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2017 16:42:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772238/fr/ultimaster</t>
+  </si>
+  <si>
+    <t>c_2772238</t>
+  </si>
+  <si>
+    <t>COROFLEX ISAR</t>
+  </si>
+  <si>
+    <t>21/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2017 08:33:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754728/fr/coroflex-isar</t>
+  </si>
+  <si>
+    <t>c_2754728</t>
+  </si>
+  <si>
+    <t>MAGMARIS</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif entièrement biorésorbable</t>
+  </si>
+  <si>
+    <t>31/03/2017 15:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752881/fr/magmaris</t>
+  </si>
+  <si>
+    <t>c_2752881</t>
+  </si>
+  <si>
+    <t>Endoprothèse carotidienne</t>
+  </si>
+  <si>
+    <t>24/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2017 17:27:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742818/fr/xact</t>
+  </si>
+  <si>
+    <t>c_2742818</t>
+  </si>
+  <si>
+    <t>ABBOTT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>RX ACCULINK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742824/fr/rx-acculink</t>
+  </si>
+  <si>
+    <t>c_2742824</t>
+  </si>
+  <si>
+    <t>20/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2017 09:40:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735214/fr/biofreedom</t>
+  </si>
+  <si>
+    <t>c_2735214</t>
+  </si>
+  <si>
+    <t>BIOSENSORS France SAS</t>
+  </si>
+  <si>
+    <t>BIOMATRIX ALPHA</t>
+  </si>
+  <si>
+    <t>22/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2016 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727182/fr/biomatrix-alpha</t>
+  </si>
+  <si>
+    <t>c_2727182</t>
+  </si>
+  <si>
+    <t>12/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2016 13:37:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657488/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_2657488</t>
+  </si>
+  <si>
+    <t>ABSORB</t>
+  </si>
+  <si>
+    <t>12/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590001/fr/absorb</t>
+  </si>
+  <si>
+    <t>c_2590001</t>
+  </si>
+  <si>
+    <t>WINGSPAN</t>
+  </si>
+  <si>
+    <t>Endoprothèse intracrânienne</t>
+  </si>
+  <si>
+    <t>01/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2016 09:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587620/fr/wingspan</t>
+  </si>
+  <si>
+    <t>c_2587620</t>
+  </si>
+  <si>
+    <t>STRYKER NEUROVASCULAR</t>
+  </si>
+  <si>
+    <t>COREVALVE AOA</t>
+  </si>
+  <si>
+    <t>Valve cardiaque aortique, origine animale</t>
+  </si>
+  <si>
+    <t>22/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571460/fr/corevalve-aoa</t>
+  </si>
+  <si>
+    <t>c_2571460</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>WATCHMAN FLX</t>
+  </si>
+  <si>
+    <t>06/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/10/2015 15:04:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563860/fr/watchman-flx</t>
+  </si>
+  <si>
+    <t>c_2563860</t>
+  </si>
+  <si>
+    <t>SILK+</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564373/fr/silk</t>
+  </si>
+  <si>
+    <t>c_2564373</t>
+  </si>
+  <si>
+    <t>BALT EXTRUSION</t>
+  </si>
+  <si>
+    <t>OSTENIL 3 seringues</t>
+  </si>
+  <si>
+    <t>Acide hyaluronique pour injection intra-articulaire</t>
+  </si>
+  <si>
+    <t>21/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030389/fr/ostenil-3-seringues</t>
+  </si>
+  <si>
+    <t>c_2030389</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>MITRACLIP</t>
+  </si>
+  <si>
+    <t>Ce produit fait l'objet d'un avis d'efficience</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023888/fr/mitraclip</t>
+  </si>
+  <si>
+    <t>c_2023888</t>
+  </si>
+  <si>
+    <t>SURPASS</t>
+  </si>
+  <si>
+    <t>22/04/2015 10:05:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024572/fr/surpass</t>
+  </si>
+  <si>
+    <t>c_2024572</t>
+  </si>
+  <si>
+    <t>STRYKER NEURO VASCULAR</t>
+  </si>
+  <si>
+    <t>10/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2015 14:27:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021476/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_2021476</t>
+  </si>
+  <si>
+    <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011106/fr/amplatzer-amulet-left-atrial-appendage-occluder</t>
+  </si>
+  <si>
+    <t>c_2011106</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>NOBORI</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012834/fr/nobori</t>
+  </si>
+  <si>
+    <t>c_2012834</t>
+  </si>
+  <si>
+    <t>TERUMO FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>07/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2014 18:10:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770297/fr/ultimaster</t>
+  </si>
+  <si>
+    <t>c_1770297</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/07/2014 17:13:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752088/fr/cre8</t>
+  </si>
+  <si>
+    <t>c_1752088</t>
+  </si>
+  <si>
+    <t>CID S.p.A.</t>
+  </si>
+  <si>
+    <t>WATCHMAN</t>
+  </si>
+  <si>
+    <t>03/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2014 10:02:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747094/fr/watchman</t>
+  </si>
+  <si>
+    <t>c_1747094</t>
+  </si>
+  <si>
+    <t>25/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2014 17:07:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726953/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_1726953</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE</t>
+  </si>
+  <si>
+    <t>BioMatrix Flex</t>
+  </si>
+  <si>
+    <t>17/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715362/fr/biomatrix-flex</t>
+  </si>
+  <si>
+    <t>c_1715362</t>
+  </si>
+  <si>
+    <t>BioMatrix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715363/fr/biomatrix</t>
+  </si>
+  <si>
+    <t>c_1715363</t>
+  </si>
+  <si>
+    <t>STENTYS BMS dit STENTYS Self-Apposing</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire</t>
+  </si>
+  <si>
+    <t>27/12/2013 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713060/fr/stentys-bms-dit-stentys-self-apposing</t>
+  </si>
+  <si>
+    <t>c_1713060</t>
+  </si>
+  <si>
+    <t>SOLITAIRE AB</t>
+  </si>
+  <si>
+    <t>25/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2013 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616485/fr/solitaire-ab</t>
+  </si>
+  <si>
+    <t>c_1616485</t>
+  </si>
+  <si>
+    <t>COVIDIEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>TRYTON SIDE BRANCH STENT, endoprothèse vasculaire coronaire pour les lésions de novo bifurquées des artères coronaires naturelles</t>
+  </si>
+  <si>
+    <t>11/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2013 17:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600574/fr/tryton-side-branch-stent-endoprothese-vasculaire-coronaire-pour-les-lesions-de-novo-bifurquees-des-arteres-coronaires-naturelles</t>
+  </si>
+  <si>
+    <t>c_1600574</t>
+  </si>
+  <si>
+    <t>TRYTON MEDICAL B.V.</t>
+  </si>
+  <si>
+    <t>PROMUS PREMIER , système de stent coronaire à élution d'everolimus</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>14/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2013 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598316/fr/promus-premier-systeme-de-stent-coronaire-a-elution-d-everolimus</t>
+  </si>
+  <si>
+    <t>c_1598316</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2013 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1536376/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_1536376</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>Gamme Xience XPEDITION, Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>Système d'endoprothèse coronaire à élution d'everolimus</t>
+  </si>
+  <si>
+    <t>18/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2013 17:08:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350928/fr/gamme-xience-xpedition-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350928</t>
+  </si>
+  <si>
+    <t>ABBOTT Vascular</t>
+  </si>
+  <si>
+    <t>Gamme Xience PRIME, endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>Système d'Endoprothèse Coronaire à Elution d'Everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350943/fr/gamme-xience-prime-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350943</t>
+  </si>
+  <si>
+    <t>Gamme Xience V, endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350944/fr/gamme-xience-v-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350944</t>
+  </si>
+  <si>
+    <t>RESOLUTE INTEGRITY</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de zotarolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351909/fr/resolute-integrity</t>
+  </si>
+  <si>
+    <t>c_1351909</t>
+  </si>
+  <si>
+    <t>CAROTID WALLSTENT MONORAIL</t>
+  </si>
+  <si>
+    <t>04/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2013 09:30:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340755/fr/carotid-wallstent-monorail</t>
+  </si>
+  <si>
+    <t>c_1340755</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA</t>
+  </si>
+  <si>
+    <t>PROTEGE RX</t>
+  </si>
+  <si>
+    <t>Endoprothèse auto-expansible Protégé Rx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340757/fr/protege-rx</t>
+  </si>
+  <si>
+    <t>c_1340757</t>
+  </si>
+  <si>
+    <t>EV3 Inc</t>
+  </si>
+  <si>
+    <t>endoprothèse carotidienne auto-expansible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340762/fr/xact</t>
+  </si>
+  <si>
+    <t>c_1340762</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340775/fr/rx-acculink</t>
+  </si>
+  <si>
+    <t>c_1340775</t>
+  </si>
+  <si>
+    <t>ABBOTT ENDO VASCULAR SOLUTIONS</t>
+  </si>
+  <si>
+    <t>PRECISE PRO RX, système d'endoprothèse Nitinol Carotidien</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340789/fr/precise-pro-rx-systeme-d-endoprothese-nitinol-carotidien</t>
+  </si>
+  <si>
+    <t>c_1340789</t>
+  </si>
+  <si>
+    <t>CORDIS DE MEXICO SA DE CV</t>
+  </si>
+  <si>
+    <t>VIVEXX -  25 septembre 2012 (4276) avis</t>
+  </si>
+  <si>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>31/10/2012 14:52:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1301067/fr/vivexx-25-septembre-2012-4276-avis</t>
+  </si>
+  <si>
+    <t>c_1301067</t>
+  </si>
+  <si>
+    <t>BARD France SAS</t>
+  </si>
+  <si>
+    <t>CRE8 -  15 mai 2012 (4218) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>29/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1237054/fr/cre8-15-mai-2012-4218-avis</t>
+  </si>
+  <si>
+    <t>c_1237054</t>
+  </si>
+  <si>
+    <t>CID Vascular Sarl (France)</t>
+  </si>
+  <si>
+    <t>TAXUS ELEMENT - 29 novembre 2011 (3996) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de paclitaxel (produit actif pharmacologiquement) Cardiologie interventionnelle – Nouvelle indication Partage avec CYPHER du progrès mineur par rapport au pontage aorto-coronarien dans la sténose du tronc commun gauche non protégé</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2011 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1122211/fr/taxus-element-29-novembre-2011-3996-avis</t>
+  </si>
+  <si>
+    <t>c_1122211</t>
+  </si>
+  <si>
+    <t>XPERT PRO - 15 novembre 2011 (4066) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse auto-expansible CHIRURGIE VASCULAIRE - Nouveau dispositif Pas d’avantage clinique démontré par rapport à XPERT</t>
+  </si>
+  <si>
+    <t>15/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2011 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118372/fr/xpert-pro-15-novembre-2011-4066-avis</t>
+  </si>
+  <si>
+    <t>c_1118372</t>
+  </si>
+  <si>
+    <t>ABBOTT France – Division Abbott Vascular</t>
+  </si>
+  <si>
+    <t>PIPELINE - 15 novembre 2011 (3927) avis</t>
+  </si>
+  <si>
+    <t>Stent intracrânien auto-expansible à largage contrôlé (dit stent flow diverter) NEURORADIOLOGIE – Nouveau dispositif médical Progrès thérapeutique mineur par rapport à l’abstention thérapeutique</t>
+  </si>
+  <si>
+    <t>16/11/2011 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098551/fr/pipeline-15-novembre-2011-3927-avis</t>
+  </si>
+  <si>
+    <t>c_1098551</t>
+  </si>
+  <si>
+    <t>Ev3 SAS</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 27 septembre 2011 (3859) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Mise au point Avis défavorable à l’extension d’indication aux patients atteints de lésions situées dans des vaisseaux d’un diamètre &gt; ou égal à 3 mm</t>
+  </si>
+  <si>
+    <t>27/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2011 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068582/fr/xience-prime-27-septembre-2011-3859-avis</t>
+  </si>
+  <si>
+    <t>c_1068582</t>
+  </si>
+  <si>
+    <t>XIENCE V - 27 septembre 2011 (3857) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068588/fr/xience-v-27-septembre-2011-3857-avis</t>
+  </si>
+  <si>
+    <t>c_1068588</t>
+  </si>
+  <si>
+    <t>PROMUS ELEMENT PLUS - 13 septembre 2011 (3932) avis</t>
+  </si>
+  <si>
+    <t>13/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2011 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1092597/fr/promus-element-plus-13-septembre-2011-3932-avis</t>
+  </si>
+  <si>
+    <t>c_1092597</t>
+  </si>
+  <si>
+    <t>ZILVER PTX - 09 novembre 2010 (2807) avis</t>
+  </si>
+  <si>
+    <t>09/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/09/2011 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996539/fr/zilver-ptx-09-novembre-2010-2807-avis</t>
+  </si>
+  <si>
+    <t>c_996539</t>
+  </si>
+  <si>
+    <t>COOK France</t>
+  </si>
+  <si>
+    <t>ENDEAVOR RESOLUTE - 12 juillet 2011 (3834) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de zotarolimus (produit actif pharmacologiquement) Absence de progrès thérapeutique par rapport aux endoprothèses de la gamme XIENCE dans la prise en charge des lésions monotronculaires à haut risque de resténose Partage avec les gammes PROMUS, XIENCE et TAXUS d’un progrès mineur par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose Partage avec les gammes PROMUS, XIENCE et TAXUS d’un progrès modéré par rapport à l’absence d’alternative chez les patients contre-indiqués au pontage aorto-coronaire</t>
+  </si>
+  <si>
+    <t>12/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>24/08/2011 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1067927/fr/endeavor-resolute-12-juillet-2011-3834-avis</t>
+  </si>
+  <si>
+    <t>c_1067927</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de zotarolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S.</t>
+  </si>
+  <si>
+    <t>RESOLUTE INTEGRITY - 12 juillet 2011 (3835) avis</t>
+  </si>
+  <si>
+    <t>24/08/2011 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068127/fr/resolute-integrity-12-juillet-2011-3835-avis</t>
+  </si>
+  <si>
+    <t>c_1068127</t>
+  </si>
+  <si>
+    <t>PROMUS - 14 juin 2011 (3832) avis</t>
+  </si>
+  <si>
+    <t>14/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2011 11:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058487/fr/promus-14-juin-2011-3832-avis</t>
+  </si>
+  <si>
+    <t>c_1058487</t>
+  </si>
+  <si>
+    <t>PROMUS ELEMENT - 14 juin 2011 (3836) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064064/fr/promus-element-14-juin-2011-3836-avis</t>
+  </si>
+  <si>
+    <t>c_1064064</t>
+  </si>
+  <si>
+    <t>XIENCE V - 22 mars 2011 (3398) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose. Partage avec TAXUS du progrès thérapeutique par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose.</t>
+  </si>
+  <si>
+    <t>22/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2011 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033010/fr/xience-v-22-mars-2011-3398-avis</t>
+  </si>
+  <si>
+    <t>c_1033010</t>
+  </si>
+  <si>
+    <t>ABBOTT (France)</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 22 mars 2011 (3399) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033013/fr/xience-prime-22-mars-2011-3399-avis</t>
+  </si>
+  <si>
+    <t>c_1033013</t>
+  </si>
+  <si>
+    <t>RESOLUTE INTEGRITY - 21 décembre 2010 (3352) avis</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2011 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1011979/fr/resolute-integrity-21-decembre-2010-3352-avis</t>
+  </si>
+  <si>
+    <t>c_1011979</t>
+  </si>
+  <si>
+    <t>MEDTRONIC S.A.S.</t>
+  </si>
+  <si>
+    <t>BIOMATRIX FLEX - 26 octobre 2010 (3006) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de biolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>26/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2010 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996877/fr/biomatrix-flex-26-octobre-2010-3006-avis</t>
+  </si>
+  <si>
+    <t>c_996877</t>
+  </si>
+  <si>
+    <t>BIOSENSORS Int. France SARL</t>
+  </si>
+  <si>
+    <t>ENDEAVOR RESOLUTE - 12 octobre 2010 (2806) avis</t>
+  </si>
+  <si>
+    <t>12/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2010 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994680/fr/endeavor-resolute-12-octobre-2010-2806-avis</t>
+  </si>
+  <si>
+    <t>c_994680</t>
+  </si>
+  <si>
+    <t>PROMUS ELEMENT - 12 octobre 2010 (3009) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès thérapeutique mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose. Progrès thérapeutique mineur (partagé avec TAXUS) par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose.</t>
+  </si>
+  <si>
+    <t>19/10/2010 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991915/fr/promus-element-12-octobre-2010-3009-avis</t>
+  </si>
+  <si>
+    <t>c_991915</t>
+  </si>
+  <si>
+    <t>PROMUS - 12 octobre 2010 (3009) avis</t>
+  </si>
+  <si>
+    <t>18/10/2010 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991919/fr/promus-12-octobre-2010-3009-avis</t>
+  </si>
+  <si>
+    <t>c_991919</t>
+  </si>
+  <si>
+    <t>PRO KINETIC - 14 septembre 2010 (2834) avis</t>
+  </si>
+  <si>
+    <t>14/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2010 13:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_980893/fr/pro-kinetic-14-septembre-2010-2834-avis</t>
+  </si>
+  <si>
+    <t>c_980893</t>
+  </si>
+  <si>
+    <t>BIOTRONIK France</t>
+  </si>
+  <si>
+    <t>TAXUS ELEMENT - 14 septembre 2010 (2721) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_980895/fr/taxus-element-14-septembre-2010-2721-avis</t>
+  </si>
+  <si>
+    <t>c_980895</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS France</t>
+  </si>
+  <si>
+    <t>XIENCE V - 29 juin 2010 (2533) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose Progrès thérapeutique mineur (partagé avec TAXUS) par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose</t>
+  </si>
+  <si>
+    <t>29/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2010 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973400/fr/xience-v-29-juin-2010-2533-avis</t>
+  </si>
+  <si>
+    <t>c_973400</t>
+  </si>
+  <si>
+    <t>ABBOTT France</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 29 juin 2010 (2532) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973407/fr/xience-prime-29-juin-2010-2532-avis</t>
+  </si>
+  <si>
+    <t>c_973407</t>
+  </si>
+  <si>
+    <t>ENDEAVOR SPRINT RX - 04 mai 2010 (2377) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de zotarolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès thérapeutique mineur (partagé avec TAXUS autre endoprothèse coronaire enrobée de paclitaxel) () par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2010 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950917/fr/endeavor-sprint-rx-04-mai-2010-2377-avis</t>
+  </si>
+  <si>
+    <t>c_950917</t>
+  </si>
+  <si>
+    <t>ENDEAVOR - 04 mai 2010 (2373) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950926/fr/endeavor-04-mai-2010-2373-avis</t>
+  </si>
+  <si>
+    <t>c_950926</t>
+  </si>
+  <si>
+    <t>AVANTGARDE CHRONO CARBOSTENT - 20 avril 2010 (2506) avis</t>
+  </si>
+  <si>
+    <t>20/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/05/2010 17:33:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_947307/fr/avantgarde-chrono-carbostent-20-avril-2010-2506-avis</t>
+  </si>
+  <si>
+    <t>c_947307</t>
+  </si>
+  <si>
+    <t>CID VASCULAR Sarl (France)</t>
+  </si>
+  <si>
+    <t>PRO KINETIC ENERGY - CNEDiMTS du 23 février 2010 (2461)</t>
+  </si>
+  <si>
+    <t>23/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2010 12:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928452/fr/pro-kinetic-energy-cnedimts-du-23-fevrier-2010-2461</t>
+  </si>
+  <si>
+    <t>c_928452</t>
+  </si>
+  <si>
+    <t>CARBOSTENT CHRONO - CNEDiMTS du 23 février 2010 (2416)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930204/fr/carbostent-chrono-cnedimts-du-23-fevrier-2010-2416</t>
+  </si>
+  <si>
+    <t>c_930204</t>
+  </si>
+  <si>
+    <t>CID VASCULAR Sarl France</t>
+  </si>
+  <si>
+    <t>XACT - CNEDiMTS du 09 février 2010 (2415)</t>
+  </si>
+  <si>
+    <t>Endoprothèse carotidienne auto-expansible Chirurgie vasculaire - Inscription sous nom de marque Pas d’avantage clinique démontré par rapport aux autres endoprothèses carotidiennes</t>
+  </si>
+  <si>
+    <t>09/02/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2010 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_924575/fr/xact-cnedimts-du-09-fevrier-2010-2415</t>
+  </si>
+  <si>
+    <t>c_924575</t>
+  </si>
+  <si>
+    <t>GENOUS Bio-engineered R stent - CNEDiMTS du 22 décembre 2009 (1891)</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) recouverte d’anticorps monoclonaux anti-CD34 Avis défavorable au remboursement dans la prise en charge de l’insuffisance coronarienne</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2010 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_886661/fr/genous-bio-engineered-r-stent-cnedimts-du-22-decembre-2009-1891</t>
+  </si>
+  <si>
+    <t>c_886661</t>
+  </si>
+  <si>
+    <t>OrbusNeich Medical, BV</t>
+  </si>
+  <si>
+    <t>PROMUS ELEMENT - CNEDiMTS du 08 décembre 2009 (2311)</t>
+  </si>
+  <si>
+    <t>08/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2009 15:47:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_892686/fr/promus-element-cnedimts-du-08-decembre-2009-2311</t>
+  </si>
+  <si>
+    <t>c_892686</t>
+  </si>
+  <si>
+    <t>NEUROFORM 3 - CNEDiMTS du 24 novembre 2009 (2054)</t>
+  </si>
+  <si>
+    <t>24/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/12/2009 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_889636/fr/neuroform-3-cnedimts-du-24-novembre-2009-2054</t>
+  </si>
+  <si>
+    <t>c_889636</t>
+  </si>
+  <si>
+    <t>Boston Scientific SA France</t>
+  </si>
+  <si>
+    <t>XPERT - CNEDiMTS du 06 octobre 2009 (2180)</t>
+  </si>
+  <si>
+    <t>06/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>05/11/2009 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_870940/fr/xpert-cnedimts-du-06-octobre-2009-2180</t>
+  </si>
+  <si>
+    <t>c_870940</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - CNEDiMTS du 22 septembre 2009 (2246)</t>
+  </si>
+  <si>
+    <t>22/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:36:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864993/fr/xience-prime-cnedimts-du-22-septembre-2009-2246</t>
+  </si>
+  <si>
+    <t>c_864993</t>
+  </si>
+  <si>
+    <t>ABBOTT France SAS</t>
+  </si>
+  <si>
+    <t>HELISTENT TITAN 2 - CEPP du 09 juin 2009 (1956)</t>
+  </si>
+  <si>
+    <t>09/06/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2009 11:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818158/fr/helistent-titan-2-cepp-du-09-juin-2009-1956</t>
+  </si>
+  <si>
+    <t>c_818158</t>
+  </si>
+  <si>
+    <t>HEXACATH France</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT PLUS - CEPP du 26 mai 2009 (2108)</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_829815/fr/cypher-select-plus-cepp-du-26-mai-2009-2108</t>
+  </si>
+  <si>
+    <t>c_829815</t>
+  </si>
+  <si>
+    <t>CORDIS S.A.S. France</t>
+  </si>
+  <si>
+    <t>TAXUS LIBERTE - CEPP du 01 septembre 2009 (2107)</t>
+  </si>
+  <si>
+    <t>01/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840620/fr/taxus-liberte-cepp-du-01-septembre-2009-2107</t>
+  </si>
+  <si>
+    <t>c_840620</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA (France)</t>
+  </si>
+  <si>
+    <t>ENDEAVOR - CEPP du 01 septembre 2009 (2109)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840624/fr/endeavor-cepp-du-01-septembre-2009-2109</t>
+  </si>
+  <si>
+    <t>c_840624</t>
+  </si>
+  <si>
+    <t>ENDEAVOR SPRINT - CEPP du 01 septembre 2009 (2110)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840639/fr/endeavor-sprint-cepp-du-01-septembre-2009-2110</t>
+  </si>
+  <si>
+    <t>c_840639</t>
+  </si>
+  <si>
+    <t>PROMUS - CEPP du 01 septembre 2009 (1855)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840743/fr/promus-cepp-du-01-septembre-2009-1855</t>
+  </si>
+  <si>
+    <t>c_840743</t>
+  </si>
+  <si>
+    <t>XIENCE V - CEPP du 01 septembre 2009 (1884)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840749/fr/xience-v-cepp-du-01-septembre-2009-1884</t>
+  </si>
+  <si>
+    <t>c_840749</t>
+  </si>
+  <si>
+    <t>NOBORI - CEPP du 07 juillet 2009 (2086)</t>
+  </si>
+  <si>
+    <t>07/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>09/09/2009 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840790/fr/nobori-cepp-du-07-juillet-2009-2086</t>
+  </si>
+  <si>
+    <t>c_840790</t>
+  </si>
+  <si>
+    <t>TERUMO France S.A.</t>
+  </si>
+  <si>
+    <t>BIOMATRIX - CEPP du 07 juillet 2009 (2085)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840794/fr/biomatrix-cepp-du-07-juillet-2009-2085</t>
+  </si>
+  <si>
+    <t>c_840794</t>
+  </si>
+  <si>
+    <t>PICO ELITE</t>
+  </si>
+  <si>
+    <t>01/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_643789/fr/pico-elite</t>
+  </si>
+  <si>
+    <t>c_643789</t>
+  </si>
+  <si>
+    <t>AMG VASCULAR PRODUCTS GMBH (Allemagne)</t>
+  </si>
+  <si>
+    <t>13/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2007 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631464/fr/carotid-wallstent-monorail</t>
+  </si>
+  <si>
+    <t>c_631464</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFC SA</t>
+  </si>
+  <si>
+    <t>ENDEAVOR</t>
+  </si>
+  <si>
+    <t>28/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2008 16:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616564/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_616564</t>
+  </si>
+  <si>
+    <t>PROMUS</t>
+  </si>
+  <si>
+    <t>27/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2007 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572582/fr/promus</t>
+  </si>
+  <si>
+    <t>c_572582</t>
+  </si>
+  <si>
+    <t>XIENCE V</t>
+  </si>
+  <si>
+    <t>27/06/2007 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572610/fr/xience-v</t>
+  </si>
+  <si>
+    <t>c_572610</t>
+  </si>
+  <si>
+    <t>13/06/2007 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556364/fr/rx-acculink</t>
+  </si>
+  <si>
+    <t>c_556364</t>
+  </si>
+  <si>
+    <t>ABBOTT France SA</t>
+  </si>
+  <si>
+    <t>PROTEGE Rx</t>
+  </si>
+  <si>
+    <t>13/06/2007 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556443/fr/protege-rx</t>
+  </si>
+  <si>
+    <t>c_556443</t>
+  </si>
+  <si>
+    <t>EV3 SAS, France</t>
+  </si>
+  <si>
+    <t>Cordis PRECISE RX</t>
+  </si>
+  <si>
+    <t>13/06/2007 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556532/fr/cordis-precise-rx</t>
+  </si>
+  <si>
+    <t>c_556532</t>
+  </si>
+  <si>
+    <t>Cordis SAS</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT PLUS</t>
+  </si>
+  <si>
+    <t>25/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2006 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455185/fr/cypher-select-plus</t>
+  </si>
+  <si>
+    <t>c_455185</t>
+  </si>
+  <si>
+    <t>CORDIS S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>TAXUS LIBERTE</t>
+  </si>
+  <si>
+    <t>11/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2006 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455477/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_455477</t>
+  </si>
+  <si>
+    <t>CYPHER</t>
+  </si>
+  <si>
+    <t>25/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398455/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398455</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V</t>
+  </si>
+  <si>
+    <t>TAXUS EXPRESS 2</t>
+  </si>
+  <si>
+    <t>05/11/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398474/fr/taxus-express-2</t>
+  </si>
+  <si>
+    <t>c_398474</t>
+  </si>
+  <si>
+    <t>Boston Scientific SA</t>
+  </si>
+  <si>
+    <t>26/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398556/fr/taxus-express-2</t>
+  </si>
+  <si>
+    <t>c_398556</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398584/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398584</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V (Hollande)</t>
+  </si>
+  <si>
+    <t>18/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398629/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398629</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398630/fr/cypher-select</t>
+  </si>
+  <si>
+    <t>c_398630</t>
+  </si>
+  <si>
+    <t>HELISTENT TITAN 2</t>
+  </si>
+  <si>
+    <t>13/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398678/fr/helistent-titan-2</t>
+  </si>
+  <si>
+    <t>c_398678</t>
+  </si>
+  <si>
+    <t>23/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398722/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_398722</t>
+  </si>
+  <si>
+    <t>22/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398739/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_398739</t>
+  </si>
+  <si>
+    <t>TAXUS EXPRESS</t>
+  </si>
+  <si>
+    <t>03/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398797/fr/taxus-express</t>
+  </si>
+  <si>
+    <t>c_398797</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398798/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_398798</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
+  </si>
+  <si>
+    <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3445524</t>
+  </si>
+  <si>
+    <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/07/2025 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
+  </si>
+  <si>
+    <t>c_1069510</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Fibrillation auriculaire</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>12/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2023 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_568395/fr/ald-n-5-fibrillation-auriculaire</t>
   </si>
   <si>
     <t>c_568395</t>
   </si>
   <si>
-    <t>Coronary artery disease</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534304/en/coronary-artery-disease</t>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>ALD n° 3 - Artériopathie oblitérante des membres inférieurs</t>
+  </si>
+  <si>
+    <t>07/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534760/fr/ald-n-3-arteriopathie-obliterante-des-membres-inferieurs</t>
+  </si>
+  <si>
+    <t>c_534760</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2021 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3279083</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>ALD n° 13 - Maladie coronarienne</t>
+  </si>
+  <si>
+    <t>20/04/2021 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534304/fr/ald-n-13-maladie-coronarienne</t>
   </si>
   <si>
     <t>c_534304</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>ALD n° 1 - Accident vasculaire cérébral</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534745/fr/ald-n-1-accident-vasculaire-cerebral</t>
+  </si>
+  <si>
+    <t>c_534745</t>
+  </si>
+  <si>
+    <t>Mise en oeuvre de l’éducation thérapeutique dans le cadre de l’expérimentation PAERPA</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré et validé avec les professionnels de santé, un Cahier des Charges et des Cadres Référentiels pour la mise en œuvre de l'éducation thérapeutique du patient (ETP) dans le cadre de l'expérimentation PAERPA (Personnes Agées En risque de Perte d’Autonomie).</t>
+  </si>
+  <si>
+    <t>23/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742730/fr/mise-en-oeuvre-de-l-education-therapeutique-dans-le-cadre-de-l-experimentation-paerpa</t>
+  </si>
+  <si>
+    <t>c_1742730</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de thrombasthénie de Glanzmann.</t>
+  </si>
+  <si>
+    <t>16/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363048/fr/thrombasthenie-de-glanzmann</t>
+  </si>
+  <si>
+    <t>c_1363048</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Label - Ponction biopsie rénale dans le diagnostic des maladies rénales chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS et la société francophone de néphrologie, dialyse et transplantation (SFNDT) publient des recommandations sur la ponction biopsie rénale dans le diagnostic des maladies rénales chez l'adulte. Elles ont pour objectif de réduire la morbi-mortalité en lien avec les complications de la biopsie rénale grâce à des attitudes pratiques concernant la mise en œuvre de la ponction biopsie rénale, la surveillance et la prise en charge de ses complications éventuelles.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2022 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361210/fr/label-ponction-biopsie-renale-dans-le-diagnostic-des-maladies-renales-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3361210</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Transfusion de plaquettes : produits, indications</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation de bonne pratique est d’améliorer la qualité de la prise en charge des patients en aidant les professionnels, dans le cadre de leur prescription transfusion de plaquettes et dans le suivi des malades transfusés, et en harmonisant les pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>14/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2015 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571571/fr/transfusion-de-plaquettes-produits-indications</t>
+  </si>
+  <si>
+    <t>c_2571571</t>
+  </si>
+  <si>
+    <t>Antiagrégants plaquettaires : prise en compte des risques thrombotique et hémorragique pour les gestes percutanés chez le coronarien</t>
+  </si>
+  <si>
+    <t>L'objet de ce travail est de définir, chez le coronarien sous antiagrégants plaquettaires, le risque hémorragique associé aux différents gestes diagnostiques et thérapeutiques percutanés, le confronter au risque de thrombose coronarienne afin de produire et diffuser des recommandations pour la gestion de ces deux risques antagonistes. Il complète les travaux réalisés sur les gestes endoscopiques.</t>
+  </si>
+  <si>
+    <t>01/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710205/fr/antiagregants-plaquettaires-prise-en-compte-des-risques-thrombotique-et-hemorragique-pour-les-gestes-percutanes-chez-le-coronarien</t>
+  </si>
+  <si>
+    <t>c_1710205</t>
+  </si>
+  <si>
+    <t>Antiagrégants plaquettaires : prise en compte des risques thrombotique et hémorragique en cas de geste endoscopique chez le coronarien</t>
+  </si>
+  <si>
+    <t>Évaluer, chez le patient coronarien devant subir une endoscopie : le risque hémorragique lié à un acte invasif : peut-on proposer une classification des actes selon le niveau de risque ? le risque lié à l’interruption du traitement AAP : peut-on en établir une classification en fonction de l’indication initiale de l’AAP ? le rapport bénéfice/risque d’une intervention chez un patient traité par AAP ; le délai à respecter après la pose d’un stent actif avant de pouvoir arrêter le double AAP ? Existe-t-il des différences en fonction du type de stent actif ? les facteurs de sur-risque thrombotique à prendre.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2013 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1294540/fr/antiagregants-plaquettaires-prise-en-compte-des-risques-thrombotique-et-hemorragique-en-cas-de-geste-endoscopique-chez-le-coronarien</t>
+  </si>
+  <si>
+    <t>c_1294540</t>
+  </si>
+  <si>
+    <t>Transfusion de plasma thérapeutique : produits, indications</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les indications cliniques du plasma thérapeutique, ainsi que les situations dans lesquelles son utilisation n’est pas recommandée.</t>
+  </si>
+  <si>
+    <t>03/07/2012 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications</t>
+  </si>
+  <si>
+    <t>c_1264081</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à : 1. Fournir une définition de l'accident ischémique transitoire (AIT) tenant compte des données actuelles de la neuro-imagerie et de la prise en charge des urgences neuro-vasculaires. 2. Préciser la valeur diagnostique des signes cliniques compatibles avec un AIT et indiquer les diagnostics différentiels à évoquer. 3. Évaluer le pronostic de l'AIT afin de préciser le délai de prise en charge diagnostique et thérapeutique. 4. Indiquer les examens complémentaires à visée diagnostique et étiologique à réaliser. 5. Indiquer le traitement immédiat à entreprendre dans l'attente du bilan étiologique. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde : la prise en charge peut encore être améliorée</t>
+  </si>
+  <si>
+    <t>En France, chaque année 100 000 personnes sont atteintes d’infarctus du myocarde. Bien que la mortalité par infarctus ait fortement diminué en 10 ans, près de 13% des patients pris en charge en décèdent au cours de la première année. La HAS et les professionnels de santé concernés présentent aujourd’hui un bilan du programme d’amélioration de la prise en charge de l’infarctus du myocarde lancé en 2007 et insistent sur la nécessité de poursuivre les efforts engagés.</t>
+  </si>
+  <si>
+    <t>02/04/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765385/fr/infarctus-du-myocarde-la-prise-en-charge-peut-encore-etre-amelioree</t>
+  </si>
+  <si>
+    <t>c_765385</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of an Edge-to-Edge Mitral Valve Repair Clip and its Implantation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2028916/en/assessment-of-an-edge-to-edge-mitral-valve-repair-clip-and-its-implantation</t>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique - Exploration d’ADAMTS-13</t>
+  </si>
+  <si>
+    <t>Cette évaluation répond à une demande de l’Union nationale des caisses d’Assurance maladie qui souhaitait que la HAS se prononce sur l’opportunité du transfert éventuel de deux actes (mesure d’activité d’ADAMTS-13 [pour A disintegrin and metalloprotease with thrombospondin type 1 repeats, member 13] et recherche/titrage d’anticorps anti-ADAMTS-13) de la liste complémentaire vers la nomenclature des actes de biologie médicale (NABM). En sus de ces deux actes, la HAS a évalué la recherche de mutations dans le gène codant ADAMTS-13 qui n’est pas inscrit à la NABM. Ces trois actes sont réalisés dans le cadre du purpura thrombotique thrombocytopénique (PTT) ou maladie de Moschcowitz</t>
+  </si>
+  <si>
+    <t>17/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2022 17:04:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388869/fr/purpura-thrombotique-thrombocytopenique-exploration-d-adamts-13</t>
+  </si>
+  <si>
+    <t>p_3388869</t>
+  </si>
+  <si>
+    <t>Fiche bon usage des inhibiteurs de la pompe à protons (IPP)</t>
+  </si>
+  <si>
+    <t>En instauration ou en renouvellement, un IPP n’est pas toujours pertinent Prévention de l’ulcère gastroduodénal (UGD) : associer un IPP aux anti-inflammatoires non stéroïdiens (AINS) uniquement s’il existe des facteurs de risque de complications digestives Reflux gastro-oesophagien (RGO) : le traitement initial est de 4 semaines. La poursuite du traitement est rarement justifiée, notamment chez les sujets âgés polymédiqués</t>
+  </si>
+  <si>
+    <t>08/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2022 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372966/fr/fiche-bon-usage-des-inhibiteurs-de-la-pompe-a-protons-ipp</t>
+  </si>
+  <si>
+    <t>p_3372966</t>
+  </si>
+  <si>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>L’insuffisance mitrale est la seconde valvulopathie la plus fréquence en Europe. Il s’agit d’une affection grave engageant le pronostic vital des patients. L’évaluation porte sur le dispositif MITRACLIP de Abbott Vascular et l’acte d’implantation y afférant.</t>
+  </si>
+  <si>
+    <t>01/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2015 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028916/fr/mitraclip</t>
   </si>
   <si>
     <t>c_2028916</t>
   </si>
   <si>
-    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
+    <t>Mesure de la fraction du flux de réserve coronarien FFR lors d’une coronarographie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la mesure de fraction du flux de réserve coronarien (FFR), au cours d’une coronarographie, pour une sténose intermédiaire d’un vaisseau coronaire, en vue d’une inscription de l’acte à la Liste des actes et prestations (LAP)</t>
+  </si>
+  <si>
+    <t>22/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...2 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des hémostatiques chirurgicaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les hémostatiques chirurgicaux, financés au travers de prestations hospitalières afin notamment de :# * Analyser les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation des hémostatiques chirurgicaux * Promouvoir une utilisation rationnelle de ces produits</t>
+  </si>
+  <si>
+    <t>08/08/2011 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069650/fr/evaluation-des-hemostatiques-chirurgicaux</t>
+  </si>
+  <si>
+    <t>c_1069650</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 février 2023</t>
+  </si>
+  <si>
+    <t>09/02/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411271/fr/commission-de-la-transparence-reunion-du-15-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3411271</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Septembre 2022</t>
+  </si>
+  <si>
+    <t>30/11/2022 17:22:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392578/fr/commission-de-la-transparence-reunion-du-14-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3392578</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
+  </si>
+  <si>
+    <t>09/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3271014</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 17 décembre 2019</t>
+  </si>
+  <si>
+    <t>14/11/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116193/fr/ceesp-reunion-du-17-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3116193</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 octobre 2019</t>
+  </si>
+  <si>
+    <t>03/10/2019 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109726/fr/commission-de-la-transparence-reunion-du-9-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3109726</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2019</t>
+  </si>
+  <si>
+    <t>10/07/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067815/fr/commission-de-la-transparence-reunion-du-26-juin-2019</t>
+  </si>
+  <si>
+    <t>p_3067815</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 avril 2018</t>
+  </si>
+  <si>
+    <t>28/03/2018 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839061/fr/commission-de-la-transparence-reunion-du-4-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839061</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 21 septembre 2016</t>
+  </si>
+  <si>
+    <t>16/09/2016 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2669200/fr/college-deliberatif-du-21-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2669200</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>11/11/2015 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571388/fr/commission-de-la-transparence-reunion-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571388</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 septembre 2015</t>
+  </si>
+  <si>
+    <t>09/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058865/fr/commission-de-la-transparence-reunion-du-16-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2058865</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1 avril 2015</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022641/fr/commission-de-la-transparence-reunion-du-1-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2022641</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 20 mai 2014</t>
+  </si>
+  <si>
+    <t>21/05/2014 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741498/fr/cnedimts-reunion-du-20-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1741498</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 février 2014</t>
+  </si>
+  <si>
+    <t>12/02/2014 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723927/fr/commission-de-la-transparence-reunion-du-19-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1723927</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2011</t>
+  </si>
+  <si>
+    <t>07/12/2011 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146241/fr/commission-de-la-transparence-reunion-du-7-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1146241</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2011</t>
+  </si>
+  <si>
+    <t>05/10/2011 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101373/fr/commission-de-la-transparence-reunion-du-5-octobre-2011</t>
+  </si>
+  <si>
+    <t>c_1101373</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 janvier 2011</t>
+  </si>
+  <si>
+    <t>19/01/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016582/fr/commission-de-la-transparence-reunion-du-19-janvier-2011</t>
+  </si>
+  <si>
+    <t>c_1016582</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juillet 2010</t>
+  </si>
+  <si>
+    <t>21/07/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969005/fr/commission-de-la-transparence-reunion-du-21-juillet-2010</t>
+  </si>
+  <si>
+    <t>c_969005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mai 2010</t>
+  </si>
+  <si>
+    <t>05/05/2010 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950375/fr/commission-de-la-transparence-reunion-du-5-mai-2010</t>
+  </si>
+  <si>
+    <t>c_950375</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er avril 2009</t>
+  </si>
+  <si>
+    <t>01/04/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_764558/fr/commission-de-la-transparence-reunion-du-1er-avril-2009</t>
+  </si>
+  <si>
+    <t>c_764558</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 décembre 2007</t>
+  </si>
+  <si>
+    <t>19/12/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614094/fr/commission-de-la-transparence-reunion-du-19-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_614094</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2007</t>
+  </si>
+  <si>
+    <t>06/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616099/fr/commission-de-la-transparence-reunion-du-6-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616099</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mars 2007</t>
+  </si>
+  <si>
+    <t>28/03/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592923/fr/commission-de-la-transparence-reunion-du-28-mars-2007</t>
+  </si>
+  <si>
+    <t>c_592923</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Étude de la faisabilité et de l’intérêt de la mesure d’indicateurs de qualité et sécurité des soins sur les entrepôts de données de santé hospitaliers</t>
+  </si>
+  <si>
+    <t>Ce projet explore la réutilisation des données des EDSH pour mesurer des IQSS par la capitalisation de travaux déjà menés par 3 CHU et par l’expérimentation d’automatisation d’un indicateur de délai dans la prise en charge de l’AVC.</t>
+  </si>
+  <si>
+    <t>28/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499689/fr/etude-de-la-faisabilite-et-de-l-interet-de-la-mesure-d-indicateurs-de-qualite-et-securite-des-soins-sur-les-entrepots-de-donnees-de-sante-hospitaliers</t>
+  </si>
+  <si>
+    <t>p_3499689</t>
+  </si>
+  <si>
+    <t>Développement d’un indicateur mesurant la mortalité 30 jours après infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>La HAS développe un indicateur de qualité et de sécurité des soins de type résultats mesurant la mortalité à 30 jours après infarctus du myocarde (IDM) à partir des données médico-administratives du SNDS (Système National des Données de Santé, PMSI/DCIR).</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427834/fr/developpement-d-un-indicateur-mesurant-la-mortalite-30-jours-apres-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>p_3427834</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>Angioplastie immédiate ou dissociée de l’acte de coronarographie diagnostique dans la maladie coronaire stable</t>
+  </si>
+  <si>
+    <t>Les recommandations de cette fiche pertinence concernent les patients ayant une maladie coronarienne stable adressés pour une coronarographie. # Les objectifs de cette fiche : préciser les situations pour lesquelles la pratique d’une angioplastie coronaire peut être réalisée soit au cours de l’acte de coronarographie diagnostique, soit de façon différée et servir de base à un protocole local élaboré dans les services de cardiologie interventionnelle .</t>
+  </si>
+  <si>
+    <t>11/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2016 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2638674/fr/angioplastie-immediate-ou-dissociee-de-l-acte-de-coronarographie-diagnostique-dans-la-maladie-coronaire-stable</t>
+  </si>
+  <si>
+    <t>c_2638674</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité généralisés - Thème « Infarctus du myocarde après la phase aiguë » - Analyse descriptive des résultats agrégés - Campagne 2010 - décembre 2011</t>
+  </si>
+  <si>
+    <t>En 2010, la HAS a coordonné la troisième campagne de recueil généralisée des indicateurs du thème « Prise en charge de l’infarctus du myocarde après la phase aiguë » impliquant les établissements ayant une activité de médecine, chirurgie et obstétrique (MCO). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet notamment d’analyser l’évolution des résultats sur 3 années consécutives.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2012 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216354/fr/indicateurs-de-qualite-generalises-theme-infarctus-du-myocarde-apres-la-phase-aigue-analyse-descriptive-des-resultats-agreges-campagne-2010-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1216354</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>DUOPLAVIN (clopidogrel (hydrogénosulfate de)/ acétylsalicylique (acide))</t>
   </si>
   <si>
-    <t>03/17/2023 16:35:43</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984338/en/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+    <t>17/03/2023 16:35:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984338/fr/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
   </si>
   <si>
     <t>pprd_2984338</t>
   </si>
   <si>
     <t>clopidogrel (hydrogénosulfate de),acétylsalicylique (acide)</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_971029/en/duoplavin</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3420589/en/duoplavin-clopidogrel/acide-acetylsalicylique-antithrombotique</t>
+    <t>https://www.has-sante.fr/jcms/c_971029/fr/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569098/fr/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420589/fr/duoplavin-clopidogrel/acide-acetylsalicylique-antithrombotique</t>
   </si>
   <si>
     <t>PLAVIX (clopidogrel (hydrogénosulfate de))</t>
   </si>
   <si>
-    <t>08/05/2021 09:31:08</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984205/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+    <t>05/08/2021 09:31:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984205/fr/plavix-clopidogrel-hydrogenosulfate-de</t>
   </si>
   <si>
     <t>pprd_2984205</t>
   </si>
   <si>
     <t>clopidogrel (hydrogénosulfate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399453/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
-[...17 lines deleted...]
-    <t>Web page</t>
+    <t>https://www.has-sante.fr/jcms/c_399453/fr/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399755/fr/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-sous-plaquettes-thermoformees-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642387/fr/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545415/fr/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610158/fr/plavix-clopidogrel-antiagregant-plaquettaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280947/fr/plavix-clopidogrel</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>IQSS Archives - IDM : Prise en charge hospitalière de l’infarctus du myocarde - indicateurs suspendus ou abandonnés</t>
+  </si>
+  <si>
+    <t>05/07/2017 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242619/fr/iqss-archives-idm-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde-indicateurs-suspendus-ou-abandonnes</t>
+  </si>
+  <si>
+    <t>c_1242619</t>
+  </si>
+  <si>
+    <t>Comprendre les indicateurs</t>
+  </si>
+  <si>
+    <t>La HAS travaille sur les indicateurs de qualité et sécurité des soins (IQSS) en établissements de santé, les indicateurs de qualité des parcours de soins couvrant la ville et les établissements de santé , ainsi que sur les indicateurs de vigilance liés aux établissements. Elle travaille plus largement à développer divers outils pour la mesure de la qualité perçue par le patient.</t>
+  </si>
+  <si>
+    <t>22/08/2022 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1456737/fr/comprendre-les-indicateurs</t>
+  </si>
+  <si>
+    <t>r_1456737</t>
+  </si>
+  <si>
+    <t>Expérimentation de l’indicateur « Mortalité 30 jours après infarctus du myocarde »</t>
+  </si>
+  <si>
+    <t>La HAS expérimente un indicateur mesurant la mortalité à 30 jours après infarctus du myocarde (IDM) à partir des données médico-administratives du SNDS (Système National des Données de Santé, PMSI/DCIR).</t>
+  </si>
+  <si>
+    <t>19/12/2022 15:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390456/fr/experimentation-de-l-indicateur-mortalite-30-jours-apres-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>p_3390456</t>
   </si>
   <si>
     <t>Healthcare Quality and Safety Indicators</t>
   </si>
   <si>
     <t>HAS works in conjunction with health professionals, users of the healthcare system and patients to develop health care quality and safety indicators (QSI). The indicators assess the process or the outcome of care. They are set up to be used by healthcare organisations as quality improvement tools.</t>
   </si>
   <si>
-    <t>02/07/2019 15:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044563/en/healthcare-quality-and-safety-indicators</t>
+    <t>07/02/2019 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044563/fr/healthcare-quality-and-safety-indicators</t>
   </si>
   <si>
     <t>c_2044563</t>
   </si>
   <si>
+    <t>Expérience patient dans l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>02/07/2013 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600208/fr/experience-patient-dans-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_1600208</t>
+  </si>
+  <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>04/30/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>30/04/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
+  </si>
+  <si>
+    <t>Ensemble, améliorons la prise en charge de l’infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Salle de presse virtuelle - On estime que chaque année en France, environ 100 000 personnes sont atteintes d’infarctus du myocarde. Parmi les patients pris en charge, 7 % décèdent dans le premier mois et au total, 13% décèdent au cours de la 1ère année. Cette mortalité a été réduite de moitié en 10 ans grâce à une amélioration globale de la prise en charge.# upload/docs/image/gif/2009-04/stethoscope_coeur_small.gif</t>
+  </si>
+  <si>
+    <t>02/04/2009 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765215/fr/ensemble-ameliorons-la-prise-en-charge-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_765215</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Les maladies cardio-vasculaires représentent la première cause de mortalité dans tous les pays industrialisés. En France, Environ 120 000 personnes sont atteintes d’infarctus du myocarde, chaque année. 10 % en décèdent lors de la crise et un an après, 18 000 personnes en seront mortes. Face à ce problème de santé publique majeur, la Haute Autorité de Santé informe les professionnels sur les documents de référence mis à leur disposition pour une prise en charge globale du patient et le grand public sur les réflexes d’urgence à adopter.</t>
+  </si>
+  <si>
+    <t>22/05/2007 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532116/fr/infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_532116</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -459,623 +3831,7345 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>1188</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>1189</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>1190</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>1191</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>1188</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>1193</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>1194</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>1195</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>1196</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1209</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1188</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1226</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J136"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+      <c r="I3" t="s">
+        <v>31</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>41</v>
+      </c>
+      <c r="E5" t="s">
+        <v>42</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>43</v>
+      </c>
+      <c r="H5" t="s">
+        <v>44</v>
+      </c>
+      <c r="I5" t="s">
+        <v>45</v>
+      </c>
+      <c r="J5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>48</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>50</v>
+      </c>
+      <c r="H6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I6" t="s">
+        <v>52</v>
+      </c>
+      <c r="J6" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>54</v>
+      </c>
+      <c r="C7" t="s">
+        <v>55</v>
+      </c>
+      <c r="D7" t="s">
+        <v>56</v>
+      </c>
+      <c r="E7" t="s">
+        <v>57</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>58</v>
+      </c>
+      <c r="H7" t="s">
+        <v>59</v>
+      </c>
+      <c r="I7" t="s">
+        <v>60</v>
+      </c>
+      <c r="J7" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>62</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>63</v>
+      </c>
+      <c r="H8" t="s">
+        <v>64</v>
+      </c>
+      <c r="I8" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
+        <v>66</v>
+      </c>
+      <c r="C9" t="s">
+        <v>67</v>
+      </c>
+      <c r="D9" t="s">
+        <v>68</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
+        <v>71</v>
+      </c>
+      <c r="I9" t="s">
+        <v>72</v>
+      </c>
+      <c r="J9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>18</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>75</v>
+      </c>
+      <c r="D10" t="s">
+        <v>76</v>
+      </c>
+      <c r="E10" t="s">
+        <v>77</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H10" t="s">
+        <v>79</v>
+      </c>
+      <c r="I10" t="s">
+        <v>80</v>
+      </c>
+      <c r="J10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>18</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>83</v>
+      </c>
+      <c r="E11" t="s">
+        <v>84</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>85</v>
+      </c>
+      <c r="H11" t="s">
+        <v>86</v>
+      </c>
+      <c r="I11" t="s">
+        <v>80</v>
+      </c>
+      <c r="J11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>89</v>
+      </c>
+      <c r="D12" t="s">
+        <v>83</v>
+      </c>
+      <c r="E12" t="s">
+        <v>90</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>91</v>
+      </c>
+      <c r="H12" t="s">
+        <v>92</v>
+      </c>
+      <c r="I12" t="s">
+        <v>93</v>
+      </c>
+      <c r="J12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>18</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>96</v>
+      </c>
+      <c r="E13" t="s">
+        <v>97</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>98</v>
+      </c>
+      <c r="H13" t="s">
+        <v>99</v>
+      </c>
+      <c r="I13" t="s">
+        <v>93</v>
+      </c>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>102</v>
+      </c>
+      <c r="E14" t="s">
+        <v>103</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>104</v>
+      </c>
+      <c r="H14" t="s">
+        <v>105</v>
+      </c>
+      <c r="I14" t="s">
+        <v>106</v>
+      </c>
+      <c r="J14" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>18</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>109</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>110</v>
+      </c>
+      <c r="H15" t="s">
+        <v>111</v>
+      </c>
+      <c r="I15" t="s">
+        <v>112</v>
+      </c>
+      <c r="J15" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" t="s">
+        <v>113</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>114</v>
+      </c>
+      <c r="E16" t="s">
+        <v>115</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>116</v>
+      </c>
+      <c r="H16" t="s">
+        <v>117</v>
+      </c>
+      <c r="I16" t="s">
+        <v>93</v>
+      </c>
+      <c r="J16" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>120</v>
+      </c>
+      <c r="E17" t="s">
+        <v>121</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>122</v>
+      </c>
+      <c r="H17" t="s">
+        <v>123</v>
+      </c>
+      <c r="I17" t="s">
+        <v>124</v>
+      </c>
+      <c r="J17" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" t="s">
+        <v>125</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>126</v>
+      </c>
+      <c r="E18" t="s">
+        <v>127</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>128</v>
+      </c>
+      <c r="H18" t="s">
+        <v>129</v>
+      </c>
+      <c r="I18" t="s">
+        <v>130</v>
+      </c>
+      <c r="J18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>133</v>
+      </c>
+      <c r="E19" t="s">
+        <v>134</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>135</v>
+      </c>
+      <c r="H19" t="s">
+        <v>136</v>
+      </c>
+      <c r="I19" t="s">
+        <v>130</v>
+      </c>
+      <c r="J19" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20" t="s">
+        <v>138</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>139</v>
+      </c>
+      <c r="E20" t="s">
+        <v>140</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>141</v>
+      </c>
+      <c r="H20" t="s">
+        <v>142</v>
+      </c>
+      <c r="I20" t="s">
+        <v>130</v>
+      </c>
+      <c r="J20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>145</v>
+      </c>
+      <c r="E21" t="s">
+        <v>146</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>147</v>
+      </c>
+      <c r="H21" t="s">
+        <v>148</v>
+      </c>
+      <c r="I21" t="s">
+        <v>149</v>
+      </c>
+      <c r="J21" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" t="s">
+        <v>150</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>151</v>
+      </c>
+      <c r="E22" t="s">
+        <v>152</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>153</v>
+      </c>
+      <c r="H22" t="s">
+        <v>154</v>
+      </c>
+      <c r="I22" t="s">
+        <v>155</v>
+      </c>
+      <c r="J22" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>18</v>
+      </c>
+      <c r="B23" t="s">
+        <v>157</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>158</v>
+      </c>
+      <c r="E23" t="s">
+        <v>159</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>160</v>
+      </c>
+      <c r="H23" t="s">
+        <v>161</v>
+      </c>
+      <c r="I23" t="s">
+        <v>130</v>
+      </c>
+      <c r="J23" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>18</v>
+      </c>
+      <c r="B24" t="s">
+        <v>119</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>163</v>
+      </c>
+      <c r="E24" t="s">
+        <v>164</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>165</v>
+      </c>
+      <c r="H24" t="s">
+        <v>166</v>
+      </c>
+      <c r="I24" t="s">
+        <v>130</v>
+      </c>
+      <c r="J24" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>18</v>
+      </c>
+      <c r="B25" t="s">
+        <v>167</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>168</v>
+      </c>
+      <c r="E25" t="s">
+        <v>169</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>170</v>
+      </c>
+      <c r="H25" t="s">
+        <v>171</v>
+      </c>
+      <c r="I25" t="s">
+        <v>172</v>
+      </c>
+      <c r="J25" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>18</v>
+      </c>
+      <c r="B26" t="s">
+        <v>125</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>174</v>
+      </c>
+      <c r="E26" t="s">
+        <v>175</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>176</v>
+      </c>
+      <c r="H26" t="s">
+        <v>177</v>
+      </c>
+      <c r="I26" t="s">
+        <v>130</v>
+      </c>
+      <c r="J26" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>18</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>179</v>
+      </c>
+      <c r="E27" t="s">
+        <v>180</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>181</v>
+      </c>
+      <c r="H27" t="s">
+        <v>182</v>
+      </c>
+      <c r="I27" t="s">
+        <v>130</v>
+      </c>
+      <c r="J27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>18</v>
+      </c>
+      <c r="B28" t="s">
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>185</v>
+      </c>
+      <c r="E28" t="s">
+        <v>186</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>187</v>
+      </c>
+      <c r="H28" t="s">
+        <v>188</v>
+      </c>
+      <c r="I28" t="s">
+        <v>189</v>
+      </c>
+      <c r="J28" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>18</v>
+      </c>
+      <c r="B29" t="s">
+        <v>191</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>192</v>
+      </c>
+      <c r="E29" t="s">
+        <v>186</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>193</v>
+      </c>
+      <c r="H29" t="s">
+        <v>194</v>
+      </c>
+      <c r="I29" t="s">
+        <v>195</v>
+      </c>
+      <c r="J29" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>18</v>
+      </c>
+      <c r="B30" t="s">
+        <v>197</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>192</v>
+      </c>
+      <c r="E30" t="s">
+        <v>198</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>199</v>
+      </c>
+      <c r="H30" t="s">
+        <v>200</v>
+      </c>
+      <c r="I30" t="s">
+        <v>201</v>
+      </c>
+      <c r="J30" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>18</v>
+      </c>
+      <c r="B31" t="s">
+        <v>101</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>202</v>
+      </c>
+      <c r="E31" t="s">
+        <v>203</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>204</v>
+      </c>
+      <c r="H31" t="s">
+        <v>205</v>
+      </c>
+      <c r="I31" t="s">
+        <v>206</v>
+      </c>
+      <c r="J31" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>18</v>
+      </c>
+      <c r="B32" t="s">
+        <v>207</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>208</v>
+      </c>
+      <c r="E32" t="s">
+        <v>209</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>210</v>
+      </c>
+      <c r="H32" t="s">
+        <v>211</v>
+      </c>
+      <c r="I32" t="s">
+        <v>130</v>
+      </c>
+      <c r="J32" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>18</v>
+      </c>
+      <c r="B33" t="s">
+        <v>207</v>
+      </c>
+      <c r="C33" t="s">
+        <v>124</v>
+      </c>
+      <c r="D33" t="s">
+        <v>213</v>
+      </c>
+      <c r="E33" t="s">
+        <v>214</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>215</v>
+      </c>
+      <c r="H33" t="s">
+        <v>216</v>
+      </c>
+      <c r="I33" t="s">
+        <v>124</v>
+      </c>
+      <c r="J33" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>18</v>
+      </c>
+      <c r="B34" t="s">
+        <v>217</v>
+      </c>
+      <c r="C34" t="s">
+        <v>124</v>
+      </c>
+      <c r="D34" t="s">
+        <v>218</v>
+      </c>
+      <c r="E34" t="s">
+        <v>219</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>220</v>
+      </c>
+      <c r="H34" t="s">
+        <v>221</v>
+      </c>
+      <c r="I34" t="s">
+        <v>124</v>
+      </c>
+      <c r="J34" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>18</v>
+      </c>
+      <c r="B35" t="s">
+        <v>222</v>
+      </c>
+      <c r="C35" t="s">
+        <v>223</v>
+      </c>
+      <c r="D35" t="s">
+        <v>218</v>
+      </c>
+      <c r="E35" t="s">
+        <v>224</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>225</v>
+      </c>
+      <c r="H35" t="s">
+        <v>226</v>
+      </c>
+      <c r="I35" t="s">
+        <v>223</v>
+      </c>
+      <c r="J35" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>18</v>
+      </c>
+      <c r="B36" t="s">
+        <v>88</v>
+      </c>
+      <c r="C36" t="s">
+        <v>227</v>
+      </c>
+      <c r="D36" t="s">
+        <v>228</v>
+      </c>
+      <c r="E36" t="s">
+        <v>229</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>230</v>
+      </c>
+      <c r="H36" t="s">
+        <v>231</v>
+      </c>
+      <c r="I36" t="s">
+        <v>227</v>
+      </c>
+      <c r="J36" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>18</v>
+      </c>
+      <c r="B37" t="s">
+        <v>233</v>
+      </c>
+      <c r="C37" t="s">
+        <v>227</v>
+      </c>
+      <c r="D37" t="s">
+        <v>228</v>
+      </c>
+      <c r="E37" t="s">
+        <v>229</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>234</v>
+      </c>
+      <c r="H37" t="s">
+        <v>235</v>
+      </c>
+      <c r="I37" t="s">
+        <v>227</v>
+      </c>
+      <c r="J37" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>18</v>
+      </c>
+      <c r="B38" t="s">
+        <v>40</v>
+      </c>
+      <c r="C38" t="s">
+        <v>124</v>
+      </c>
+      <c r="D38" t="s">
+        <v>236</v>
+      </c>
+      <c r="E38" t="s">
+        <v>237</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>238</v>
+      </c>
+      <c r="H38" t="s">
+        <v>239</v>
+      </c>
+      <c r="I38" t="s">
+        <v>124</v>
+      </c>
+      <c r="J38" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>18</v>
+      </c>
+      <c r="B39" t="s">
+        <v>241</v>
+      </c>
+      <c r="C39" t="s">
+        <v>124</v>
+      </c>
+      <c r="D39" t="s">
+        <v>242</v>
+      </c>
+      <c r="E39" t="s">
+        <v>243</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>244</v>
+      </c>
+      <c r="H39" t="s">
+        <v>245</v>
+      </c>
+      <c r="I39" t="s">
+        <v>124</v>
+      </c>
+      <c r="J39" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>18</v>
+      </c>
+      <c r="B40" t="s">
+        <v>101</v>
+      </c>
+      <c r="C40" t="s">
+        <v>124</v>
+      </c>
+      <c r="D40" t="s">
+        <v>246</v>
+      </c>
+      <c r="E40" t="s">
+        <v>247</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>248</v>
+      </c>
+      <c r="H40" t="s">
+        <v>249</v>
+      </c>
+      <c r="I40" t="s">
+        <v>124</v>
+      </c>
+      <c r="J40" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>18</v>
+      </c>
+      <c r="B41" t="s">
+        <v>250</v>
+      </c>
+      <c r="C41" t="s">
+        <v>223</v>
+      </c>
+      <c r="D41" t="s">
+        <v>251</v>
+      </c>
+      <c r="E41" t="s">
+        <v>252</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>253</v>
+      </c>
+      <c r="H41" t="s">
+        <v>254</v>
+      </c>
+      <c r="I41" t="s">
+        <v>223</v>
+      </c>
+      <c r="J41" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>18</v>
+      </c>
+      <c r="B42" t="s">
+        <v>255</v>
+      </c>
+      <c r="C42" t="s">
+        <v>256</v>
+      </c>
+      <c r="D42" t="s">
+        <v>257</v>
+      </c>
+      <c r="E42" t="s">
+        <v>258</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>259</v>
+      </c>
+      <c r="H42" t="s">
+        <v>260</v>
+      </c>
+      <c r="I42" t="s">
+        <v>256</v>
+      </c>
+      <c r="J42" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>18</v>
+      </c>
+      <c r="B43" t="s">
+        <v>262</v>
+      </c>
+      <c r="C43" t="s">
+        <v>263</v>
+      </c>
+      <c r="D43" t="s">
+        <v>264</v>
+      </c>
+      <c r="E43" t="s">
+        <v>265</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>266</v>
+      </c>
+      <c r="H43" t="s">
+        <v>267</v>
+      </c>
+      <c r="I43" t="s">
+        <v>263</v>
+      </c>
+      <c r="J43" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>18</v>
+      </c>
+      <c r="B44" t="s">
+        <v>269</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>270</v>
+      </c>
+      <c r="E44" t="s">
+        <v>271</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>272</v>
+      </c>
+      <c r="H44" t="s">
+        <v>273</v>
+      </c>
+      <c r="I44" t="s">
+        <v>13</v>
+      </c>
+      <c r="J44" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>18</v>
+      </c>
+      <c r="B45" t="s">
+        <v>274</v>
+      </c>
+      <c r="C45" t="s">
+        <v>256</v>
+      </c>
+      <c r="D45" t="s">
+        <v>264</v>
+      </c>
+      <c r="E45" t="s">
+        <v>271</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>275</v>
+      </c>
+      <c r="H45" t="s">
+        <v>276</v>
+      </c>
+      <c r="I45" t="s">
+        <v>256</v>
+      </c>
+      <c r="J45" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>18</v>
+      </c>
+      <c r="B46" t="s">
+        <v>278</v>
+      </c>
+      <c r="C46" t="s">
+        <v>279</v>
+      </c>
+      <c r="D46" t="s">
+        <v>280</v>
+      </c>
+      <c r="E46" t="s">
+        <v>281</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>282</v>
+      </c>
+      <c r="H46" t="s">
+        <v>283</v>
+      </c>
+      <c r="I46" t="s">
+        <v>279</v>
+      </c>
+      <c r="J46" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>18</v>
+      </c>
+      <c r="B47" t="s">
+        <v>285</v>
+      </c>
+      <c r="C47" t="s">
+        <v>286</v>
+      </c>
+      <c r="D47" t="s">
+        <v>287</v>
+      </c>
+      <c r="E47" t="s">
+        <v>288</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>289</v>
+      </c>
+      <c r="H47" t="s">
+        <v>290</v>
+      </c>
+      <c r="I47" t="s">
+        <v>286</v>
+      </c>
+      <c r="J47" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>18</v>
+      </c>
+      <c r="B48" t="s">
+        <v>291</v>
+      </c>
+      <c r="C48" t="s">
+        <v>256</v>
+      </c>
+      <c r="D48" t="s">
+        <v>287</v>
+      </c>
+      <c r="E48" t="s">
+        <v>292</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>293</v>
+      </c>
+      <c r="H48" t="s">
+        <v>294</v>
+      </c>
+      <c r="I48" t="s">
+        <v>256</v>
+      </c>
+      <c r="J48" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>18</v>
+      </c>
+      <c r="B49" t="s">
+        <v>101</v>
+      </c>
+      <c r="C49" t="s">
+        <v>124</v>
+      </c>
+      <c r="D49" t="s">
+        <v>296</v>
+      </c>
+      <c r="E49" t="s">
+        <v>297</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>298</v>
+      </c>
+      <c r="H49" t="s">
+        <v>299</v>
+      </c>
+      <c r="I49" t="s">
+        <v>124</v>
+      </c>
+      <c r="J49" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>18</v>
+      </c>
+      <c r="B50" t="s">
+        <v>300</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>301</v>
+      </c>
+      <c r="E50" t="s">
+        <v>302</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>303</v>
+      </c>
+      <c r="H50" t="s">
+        <v>304</v>
+      </c>
+      <c r="I50" t="s">
+        <v>13</v>
+      </c>
+      <c r="J50" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>18</v>
+      </c>
+      <c r="B51" t="s">
+        <v>306</v>
+      </c>
+      <c r="C51" t="s">
+        <v>124</v>
+      </c>
+      <c r="D51" t="s">
+        <v>301</v>
+      </c>
+      <c r="E51" t="s">
+        <v>307</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>308</v>
+      </c>
+      <c r="H51" t="s">
+        <v>309</v>
+      </c>
+      <c r="I51" t="s">
+        <v>124</v>
+      </c>
+      <c r="J51" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>18</v>
+      </c>
+      <c r="B52" t="s">
+        <v>207</v>
+      </c>
+      <c r="C52" t="s">
+        <v>124</v>
+      </c>
+      <c r="D52" t="s">
+        <v>311</v>
+      </c>
+      <c r="E52" t="s">
+        <v>312</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>313</v>
+      </c>
+      <c r="H52" t="s">
+        <v>314</v>
+      </c>
+      <c r="I52" t="s">
+        <v>124</v>
+      </c>
+      <c r="J52" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>18</v>
+      </c>
+      <c r="B53" t="s">
+        <v>138</v>
+      </c>
+      <c r="C53" t="s">
+        <v>124</v>
+      </c>
+      <c r="D53" t="s">
+        <v>315</v>
+      </c>
+      <c r="E53" t="s">
+        <v>316</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>317</v>
+      </c>
+      <c r="H53" t="s">
+        <v>318</v>
+      </c>
+      <c r="I53" t="s">
+        <v>124</v>
+      </c>
+      <c r="J53" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>18</v>
+      </c>
+      <c r="B54" t="s">
+        <v>320</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>321</v>
+      </c>
+      <c r="E54" t="s">
+        <v>322</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>323</v>
+      </c>
+      <c r="H54" t="s">
+        <v>324</v>
+      </c>
+      <c r="I54" t="s">
+        <v>13</v>
+      </c>
+      <c r="J54" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>18</v>
+      </c>
+      <c r="B55" t="s">
+        <v>119</v>
+      </c>
+      <c r="C55" t="s">
+        <v>124</v>
+      </c>
+      <c r="D55" t="s">
+        <v>325</v>
+      </c>
+      <c r="E55" t="s">
+        <v>326</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>327</v>
+      </c>
+      <c r="H55" t="s">
+        <v>328</v>
+      </c>
+      <c r="I55" t="s">
+        <v>124</v>
+      </c>
+      <c r="J55" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>18</v>
+      </c>
+      <c r="B56" t="s">
+        <v>330</v>
+      </c>
+      <c r="C56" t="s">
+        <v>124</v>
+      </c>
+      <c r="D56" t="s">
+        <v>331</v>
+      </c>
+      <c r="E56" t="s">
+        <v>332</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>333</v>
+      </c>
+      <c r="H56" t="s">
+        <v>334</v>
+      </c>
+      <c r="I56" t="s">
+        <v>124</v>
+      </c>
+      <c r="J56" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>18</v>
+      </c>
+      <c r="B57" t="s">
+        <v>335</v>
+      </c>
+      <c r="C57" t="s">
+        <v>124</v>
+      </c>
+      <c r="D57" t="s">
+        <v>331</v>
+      </c>
+      <c r="E57" t="s">
+        <v>332</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>336</v>
+      </c>
+      <c r="H57" t="s">
+        <v>337</v>
+      </c>
+      <c r="I57" t="s">
+        <v>124</v>
+      </c>
+      <c r="J57" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>18</v>
+      </c>
+      <c r="B58" t="s">
+        <v>338</v>
+      </c>
+      <c r="C58" t="s">
+        <v>339</v>
+      </c>
+      <c r="D58" t="s">
+        <v>331</v>
+      </c>
+      <c r="E58" t="s">
+        <v>340</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>341</v>
+      </c>
+      <c r="H58" t="s">
+        <v>342</v>
+      </c>
+      <c r="I58" t="s">
+        <v>339</v>
+      </c>
+      <c r="J58" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>18</v>
+      </c>
+      <c r="B59" t="s">
+        <v>343</v>
+      </c>
+      <c r="C59" t="s">
+        <v>256</v>
+      </c>
+      <c r="D59" t="s">
+        <v>344</v>
+      </c>
+      <c r="E59" t="s">
+        <v>345</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>346</v>
+      </c>
+      <c r="H59" t="s">
+        <v>347</v>
+      </c>
+      <c r="I59" t="s">
+        <v>256</v>
+      </c>
+      <c r="J59" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>18</v>
+      </c>
+      <c r="B60" t="s">
+        <v>349</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>350</v>
+      </c>
+      <c r="E60" t="s">
+        <v>351</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>352</v>
+      </c>
+      <c r="H60" t="s">
+        <v>353</v>
+      </c>
+      <c r="I60" t="s">
+        <v>13</v>
+      </c>
+      <c r="J60" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>18</v>
+      </c>
+      <c r="B61" t="s">
+        <v>355</v>
+      </c>
+      <c r="C61" t="s">
+        <v>356</v>
+      </c>
+      <c r="D61" t="s">
+        <v>357</v>
+      </c>
+      <c r="E61" t="s">
+        <v>358</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>359</v>
+      </c>
+      <c r="H61" t="s">
+        <v>360</v>
+      </c>
+      <c r="I61" t="s">
+        <v>356</v>
+      </c>
+      <c r="J61" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>18</v>
+      </c>
+      <c r="B62" t="s">
+        <v>101</v>
+      </c>
+      <c r="C62" t="s">
+        <v>356</v>
+      </c>
+      <c r="D62" t="s">
+        <v>361</v>
+      </c>
+      <c r="E62" t="s">
+        <v>362</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>363</v>
+      </c>
+      <c r="H62" t="s">
+        <v>364</v>
+      </c>
+      <c r="I62" t="s">
+        <v>356</v>
+      </c>
+      <c r="J62" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>18</v>
+      </c>
+      <c r="B63" t="s">
+        <v>366</v>
+      </c>
+      <c r="C63" t="s">
+        <v>367</v>
+      </c>
+      <c r="D63" t="s">
+        <v>368</v>
+      </c>
+      <c r="E63" t="s">
+        <v>369</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>370</v>
+      </c>
+      <c r="H63" t="s">
+        <v>371</v>
+      </c>
+      <c r="I63" t="s">
+        <v>367</v>
+      </c>
+      <c r="J63" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>18</v>
+      </c>
+      <c r="B64" t="s">
+        <v>373</v>
+      </c>
+      <c r="C64" t="s">
+        <v>374</v>
+      </c>
+      <c r="D64" t="s">
+        <v>368</v>
+      </c>
+      <c r="E64" t="s">
+        <v>369</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>375</v>
+      </c>
+      <c r="H64" t="s">
+        <v>376</v>
+      </c>
+      <c r="I64" t="s">
+        <v>374</v>
+      </c>
+      <c r="J64" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>18</v>
+      </c>
+      <c r="B65" t="s">
+        <v>377</v>
+      </c>
+      <c r="C65" t="s">
+        <v>374</v>
+      </c>
+      <c r="D65" t="s">
+        <v>368</v>
+      </c>
+      <c r="E65" t="s">
+        <v>369</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>378</v>
+      </c>
+      <c r="H65" t="s">
+        <v>379</v>
+      </c>
+      <c r="I65" t="s">
+        <v>374</v>
+      </c>
+      <c r="J65" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>18</v>
+      </c>
+      <c r="B66" t="s">
+        <v>380</v>
+      </c>
+      <c r="C66" t="s">
+        <v>381</v>
+      </c>
+      <c r="D66" t="s">
+        <v>368</v>
+      </c>
+      <c r="E66" t="s">
+        <v>369</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>382</v>
+      </c>
+      <c r="H66" t="s">
+        <v>383</v>
+      </c>
+      <c r="I66" t="s">
+        <v>381</v>
+      </c>
+      <c r="J66" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>18</v>
+      </c>
+      <c r="B67" t="s">
+        <v>384</v>
+      </c>
+      <c r="C67" t="s">
+        <v>93</v>
+      </c>
+      <c r="D67" t="s">
+        <v>385</v>
+      </c>
+      <c r="E67" t="s">
+        <v>386</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>387</v>
+      </c>
+      <c r="H67" t="s">
+        <v>388</v>
+      </c>
+      <c r="I67" t="s">
+        <v>93</v>
+      </c>
+      <c r="J67" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>18</v>
+      </c>
+      <c r="B68" t="s">
+        <v>390</v>
+      </c>
+      <c r="C68" t="s">
+        <v>391</v>
+      </c>
+      <c r="D68" t="s">
+        <v>385</v>
+      </c>
+      <c r="E68" t="s">
+        <v>386</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>392</v>
+      </c>
+      <c r="H68" t="s">
+        <v>393</v>
+      </c>
+      <c r="I68" t="s">
+        <v>391</v>
+      </c>
+      <c r="J68" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>18</v>
+      </c>
+      <c r="B69" t="s">
+        <v>88</v>
+      </c>
+      <c r="C69" t="s">
+        <v>395</v>
+      </c>
+      <c r="D69" t="s">
+        <v>385</v>
+      </c>
+      <c r="E69" t="s">
+        <v>386</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>396</v>
+      </c>
+      <c r="H69" t="s">
+        <v>397</v>
+      </c>
+      <c r="I69" t="s">
+        <v>395</v>
+      </c>
+      <c r="J69" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>18</v>
+      </c>
+      <c r="B70" t="s">
+        <v>233</v>
+      </c>
+      <c r="C70" t="s">
+        <v>227</v>
+      </c>
+      <c r="D70" t="s">
+        <v>385</v>
+      </c>
+      <c r="E70" t="s">
+        <v>386</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>398</v>
+      </c>
+      <c r="H70" t="s">
+        <v>399</v>
+      </c>
+      <c r="I70" t="s">
+        <v>227</v>
+      </c>
+      <c r="J70" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>18</v>
+      </c>
+      <c r="B71" t="s">
+        <v>401</v>
+      </c>
+      <c r="C71" t="s">
+        <v>227</v>
+      </c>
+      <c r="D71" t="s">
+        <v>385</v>
+      </c>
+      <c r="E71" t="s">
+        <v>386</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>402</v>
+      </c>
+      <c r="H71" t="s">
+        <v>403</v>
+      </c>
+      <c r="I71" t="s">
+        <v>227</v>
+      </c>
+      <c r="J71" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>18</v>
+      </c>
+      <c r="B72" t="s">
+        <v>405</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>406</v>
+      </c>
+      <c r="E72" t="s">
+        <v>407</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>408</v>
+      </c>
+      <c r="H72" t="s">
+        <v>409</v>
+      </c>
+      <c r="I72" t="s">
+        <v>13</v>
+      </c>
+      <c r="J72" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>18</v>
+      </c>
+      <c r="B73" t="s">
+        <v>411</v>
+      </c>
+      <c r="C73" t="s">
+        <v>412</v>
+      </c>
+      <c r="D73" t="s">
+        <v>413</v>
+      </c>
+      <c r="E73" t="s">
+        <v>414</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>415</v>
+      </c>
+      <c r="H73" t="s">
+        <v>416</v>
+      </c>
+      <c r="I73" t="s">
+        <v>412</v>
+      </c>
+      <c r="J73" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>18</v>
+      </c>
+      <c r="B74" t="s">
+        <v>418</v>
+      </c>
+      <c r="C74" t="s">
+        <v>419</v>
+      </c>
+      <c r="D74" t="s">
+        <v>420</v>
+      </c>
+      <c r="E74" t="s">
+        <v>421</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>422</v>
+      </c>
+      <c r="H74" t="s">
+        <v>423</v>
+      </c>
+      <c r="I74" t="s">
+        <v>13</v>
+      </c>
+      <c r="J74" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>18</v>
+      </c>
+      <c r="B75" t="s">
+        <v>424</v>
+      </c>
+      <c r="C75" t="s">
+        <v>425</v>
+      </c>
+      <c r="D75" t="s">
+        <v>426</v>
+      </c>
+      <c r="E75" t="s">
+        <v>427</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>428</v>
+      </c>
+      <c r="H75" t="s">
+        <v>429</v>
+      </c>
+      <c r="I75" t="s">
+        <v>13</v>
+      </c>
+      <c r="J75" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>18</v>
+      </c>
+      <c r="B76" t="s">
+        <v>431</v>
+      </c>
+      <c r="C76" t="s">
+        <v>432</v>
+      </c>
+      <c r="D76" t="s">
+        <v>426</v>
+      </c>
+      <c r="E76" t="s">
+        <v>433</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>434</v>
+      </c>
+      <c r="H76" t="s">
+        <v>435</v>
+      </c>
+      <c r="I76" t="s">
+        <v>13</v>
+      </c>
+      <c r="J76" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>18</v>
+      </c>
+      <c r="B77" t="s">
+        <v>437</v>
+      </c>
+      <c r="C77" t="s">
+        <v>438</v>
+      </c>
+      <c r="D77" t="s">
+        <v>439</v>
+      </c>
+      <c r="E77" t="s">
+        <v>440</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>441</v>
+      </c>
+      <c r="H77" t="s">
+        <v>442</v>
+      </c>
+      <c r="I77" t="s">
+        <v>13</v>
+      </c>
+      <c r="J77" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>18</v>
+      </c>
+      <c r="B78" t="s">
+        <v>443</v>
+      </c>
+      <c r="C78" t="s">
+        <v>438</v>
+      </c>
+      <c r="D78" t="s">
+        <v>439</v>
+      </c>
+      <c r="E78" t="s">
+        <v>440</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>444</v>
+      </c>
+      <c r="H78" t="s">
+        <v>445</v>
+      </c>
+      <c r="I78" t="s">
+        <v>13</v>
+      </c>
+      <c r="J78" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>18</v>
+      </c>
+      <c r="B79" t="s">
+        <v>446</v>
+      </c>
+      <c r="C79" t="s">
+        <v>356</v>
+      </c>
+      <c r="D79" t="s">
+        <v>447</v>
+      </c>
+      <c r="E79" t="s">
+        <v>448</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>449</v>
+      </c>
+      <c r="H79" t="s">
+        <v>450</v>
+      </c>
+      <c r="I79" t="s">
+        <v>356</v>
+      </c>
+      <c r="J79" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>18</v>
+      </c>
+      <c r="B80" t="s">
+        <v>451</v>
+      </c>
+      <c r="C80" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" t="s">
+        <v>452</v>
+      </c>
+      <c r="E80" t="s">
+        <v>453</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>454</v>
+      </c>
+      <c r="H80" t="s">
+        <v>455</v>
+      </c>
+      <c r="I80" t="s">
+        <v>13</v>
+      </c>
+      <c r="J80" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>18</v>
+      </c>
+      <c r="B81" t="s">
+        <v>457</v>
+      </c>
+      <c r="C81" t="s">
+        <v>458</v>
+      </c>
+      <c r="D81" t="s">
+        <v>459</v>
+      </c>
+      <c r="E81" t="s">
+        <v>460</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>461</v>
+      </c>
+      <c r="H81" t="s">
+        <v>462</v>
+      </c>
+      <c r="I81" t="s">
+        <v>463</v>
+      </c>
+      <c r="J81" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>18</v>
+      </c>
+      <c r="B82" t="s">
+        <v>465</v>
+      </c>
+      <c r="C82" t="s">
+        <v>458</v>
+      </c>
+      <c r="D82" t="s">
+        <v>459</v>
+      </c>
+      <c r="E82" t="s">
+        <v>466</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>467</v>
+      </c>
+      <c r="H82" t="s">
+        <v>468</v>
+      </c>
+      <c r="I82" t="s">
+        <v>463</v>
+      </c>
+      <c r="J82" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>18</v>
+      </c>
+      <c r="B83" t="s">
+        <v>469</v>
+      </c>
+      <c r="C83" t="s">
+        <v>356</v>
+      </c>
+      <c r="D83" t="s">
+        <v>470</v>
+      </c>
+      <c r="E83" t="s">
+        <v>471</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>472</v>
+      </c>
+      <c r="H83" t="s">
+        <v>473</v>
+      </c>
+      <c r="I83" t="s">
+        <v>356</v>
+      </c>
+      <c r="J83" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>18</v>
+      </c>
+      <c r="B84" t="s">
+        <v>474</v>
+      </c>
+      <c r="C84" t="s">
+        <v>356</v>
+      </c>
+      <c r="D84" t="s">
+        <v>470</v>
+      </c>
+      <c r="E84" t="s">
+        <v>471</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>475</v>
+      </c>
+      <c r="H84" t="s">
+        <v>476</v>
+      </c>
+      <c r="I84" t="s">
+        <v>356</v>
+      </c>
+      <c r="J84" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>18</v>
+      </c>
+      <c r="B85" t="s">
+        <v>477</v>
+      </c>
+      <c r="C85" t="s">
+        <v>478</v>
+      </c>
+      <c r="D85" t="s">
+        <v>479</v>
+      </c>
+      <c r="E85" t="s">
+        <v>480</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>481</v>
+      </c>
+      <c r="H85" t="s">
+        <v>482</v>
+      </c>
+      <c r="I85" t="s">
+        <v>13</v>
+      </c>
+      <c r="J85" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>18</v>
+      </c>
+      <c r="B86" t="s">
+        <v>484</v>
+      </c>
+      <c r="C86" t="s">
+        <v>478</v>
+      </c>
+      <c r="D86" t="s">
+        <v>479</v>
+      </c>
+      <c r="E86" t="s">
+        <v>480</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>485</v>
+      </c>
+      <c r="H86" t="s">
+        <v>486</v>
+      </c>
+      <c r="I86" t="s">
+        <v>13</v>
+      </c>
+      <c r="J86" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>18</v>
+      </c>
+      <c r="B87" t="s">
+        <v>487</v>
+      </c>
+      <c r="C87" t="s">
+        <v>463</v>
+      </c>
+      <c r="D87" t="s">
+        <v>488</v>
+      </c>
+      <c r="E87" t="s">
+        <v>489</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>490</v>
+      </c>
+      <c r="H87" t="s">
+        <v>491</v>
+      </c>
+      <c r="I87" t="s">
+        <v>463</v>
+      </c>
+      <c r="J87" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>18</v>
+      </c>
+      <c r="B88" t="s">
+        <v>493</v>
+      </c>
+      <c r="C88" t="s">
+        <v>494</v>
+      </c>
+      <c r="D88" t="s">
+        <v>495</v>
+      </c>
+      <c r="E88" t="s">
+        <v>496</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>497</v>
+      </c>
+      <c r="H88" t="s">
+        <v>498</v>
+      </c>
+      <c r="I88" t="s">
+        <v>494</v>
+      </c>
+      <c r="J88" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>18</v>
+      </c>
+      <c r="B89" t="s">
+        <v>500</v>
+      </c>
+      <c r="C89" t="s">
+        <v>463</v>
+      </c>
+      <c r="D89" t="s">
+        <v>501</v>
+      </c>
+      <c r="E89" t="s">
+        <v>502</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>503</v>
+      </c>
+      <c r="H89" t="s">
+        <v>504</v>
+      </c>
+      <c r="I89" t="s">
+        <v>463</v>
+      </c>
+      <c r="J89" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>18</v>
+      </c>
+      <c r="B90" t="s">
+        <v>505</v>
+      </c>
+      <c r="C90" t="s">
+        <v>506</v>
+      </c>
+      <c r="D90" t="s">
+        <v>501</v>
+      </c>
+      <c r="E90" t="s">
+        <v>507</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>508</v>
+      </c>
+      <c r="H90" t="s">
+        <v>509</v>
+      </c>
+      <c r="I90" t="s">
+        <v>13</v>
+      </c>
+      <c r="J90" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>18</v>
+      </c>
+      <c r="B91" t="s">
+        <v>510</v>
+      </c>
+      <c r="C91" t="s">
+        <v>506</v>
+      </c>
+      <c r="D91" t="s">
+        <v>501</v>
+      </c>
+      <c r="E91" t="s">
+        <v>511</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>512</v>
+      </c>
+      <c r="H91" t="s">
+        <v>513</v>
+      </c>
+      <c r="I91" t="s">
+        <v>13</v>
+      </c>
+      <c r="J91" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>18</v>
+      </c>
+      <c r="B92" t="s">
+        <v>514</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>515</v>
+      </c>
+      <c r="E92" t="s">
+        <v>516</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>517</v>
+      </c>
+      <c r="H92" t="s">
+        <v>518</v>
+      </c>
+      <c r="I92" t="s">
+        <v>13</v>
+      </c>
+      <c r="J92" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>18</v>
+      </c>
+      <c r="B93" t="s">
+        <v>520</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
+        <v>515</v>
+      </c>
+      <c r="E93" t="s">
+        <v>516</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>521</v>
+      </c>
+      <c r="H93" t="s">
+        <v>522</v>
+      </c>
+      <c r="I93" t="s">
+        <v>13</v>
+      </c>
+      <c r="J93" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>18</v>
+      </c>
+      <c r="B94" t="s">
+        <v>524</v>
+      </c>
+      <c r="C94" t="s">
+        <v>525</v>
+      </c>
+      <c r="D94" t="s">
+        <v>526</v>
+      </c>
+      <c r="E94" t="s">
+        <v>527</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>528</v>
+      </c>
+      <c r="H94" t="s">
+        <v>529</v>
+      </c>
+      <c r="I94" t="s">
+        <v>13</v>
+      </c>
+      <c r="J94" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>18</v>
+      </c>
+      <c r="B95" t="s">
+        <v>531</v>
+      </c>
+      <c r="C95" t="s">
+        <v>525</v>
+      </c>
+      <c r="D95" t="s">
+        <v>526</v>
+      </c>
+      <c r="E95" t="s">
+        <v>527</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>532</v>
+      </c>
+      <c r="H95" t="s">
+        <v>533</v>
+      </c>
+      <c r="I95" t="s">
+        <v>13</v>
+      </c>
+      <c r="J95" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>18</v>
+      </c>
+      <c r="B96" t="s">
+        <v>534</v>
+      </c>
+      <c r="C96" t="s">
+        <v>535</v>
+      </c>
+      <c r="D96" t="s">
+        <v>536</v>
+      </c>
+      <c r="E96" t="s">
+        <v>537</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>538</v>
+      </c>
+      <c r="H96" t="s">
+        <v>539</v>
+      </c>
+      <c r="I96" t="s">
+        <v>13</v>
+      </c>
+      <c r="J96" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>18</v>
+      </c>
+      <c r="B97" t="s">
+        <v>540</v>
+      </c>
+      <c r="C97" t="s">
+        <v>535</v>
+      </c>
+      <c r="D97" t="s">
+        <v>536</v>
+      </c>
+      <c r="E97" t="s">
+        <v>537</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>541</v>
+      </c>
+      <c r="H97" t="s">
+        <v>542</v>
+      </c>
+      <c r="I97" t="s">
+        <v>13</v>
+      </c>
+      <c r="J97" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>18</v>
+      </c>
+      <c r="B98" t="s">
+        <v>543</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>544</v>
+      </c>
+      <c r="E98" t="s">
+        <v>545</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>546</v>
+      </c>
+      <c r="H98" t="s">
+        <v>547</v>
+      </c>
+      <c r="I98" t="s">
+        <v>13</v>
+      </c>
+      <c r="J98" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>18</v>
+      </c>
+      <c r="B99" t="s">
+        <v>549</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>550</v>
+      </c>
+      <c r="E99" t="s">
+        <v>551</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>552</v>
+      </c>
+      <c r="H99" t="s">
+        <v>553</v>
+      </c>
+      <c r="I99" t="s">
+        <v>13</v>
+      </c>
+      <c r="J99" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>18</v>
+      </c>
+      <c r="B100" t="s">
+        <v>554</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>550</v>
+      </c>
+      <c r="E100" t="s">
+        <v>551</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>555</v>
+      </c>
+      <c r="H100" t="s">
+        <v>556</v>
+      </c>
+      <c r="I100" t="s">
+        <v>13</v>
+      </c>
+      <c r="J100" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>18</v>
+      </c>
+      <c r="B101" t="s">
+        <v>558</v>
+      </c>
+      <c r="C101" t="s">
+        <v>559</v>
+      </c>
+      <c r="D101" t="s">
+        <v>560</v>
+      </c>
+      <c r="E101" t="s">
+        <v>561</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>562</v>
+      </c>
+      <c r="H101" t="s">
+        <v>563</v>
+      </c>
+      <c r="I101" t="s">
+        <v>13</v>
+      </c>
+      <c r="J101" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>18</v>
+      </c>
+      <c r="B102" t="s">
+        <v>564</v>
+      </c>
+      <c r="C102" t="s">
+        <v>565</v>
+      </c>
+      <c r="D102" t="s">
+        <v>566</v>
+      </c>
+      <c r="E102" t="s">
+        <v>567</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>568</v>
+      </c>
+      <c r="H102" t="s">
+        <v>569</v>
+      </c>
+      <c r="I102" t="s">
+        <v>13</v>
+      </c>
+      <c r="J102" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>18</v>
+      </c>
+      <c r="B103" t="s">
+        <v>571</v>
+      </c>
+      <c r="C103" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" t="s">
+        <v>572</v>
+      </c>
+      <c r="E103" t="s">
+        <v>573</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>574</v>
+      </c>
+      <c r="H103" t="s">
+        <v>575</v>
+      </c>
+      <c r="I103" t="s">
+        <v>13</v>
+      </c>
+      <c r="J103" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>18</v>
+      </c>
+      <c r="B104" t="s">
+        <v>576</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>577</v>
+      </c>
+      <c r="E104" t="s">
+        <v>578</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>579</v>
+      </c>
+      <c r="H104" t="s">
+        <v>580</v>
+      </c>
+      <c r="I104" t="s">
+        <v>13</v>
+      </c>
+      <c r="J104" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>18</v>
+      </c>
+      <c r="B105" t="s">
+        <v>582</v>
+      </c>
+      <c r="C105" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" t="s">
+        <v>583</v>
+      </c>
+      <c r="E105" t="s">
+        <v>584</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>585</v>
+      </c>
+      <c r="H105" t="s">
+        <v>586</v>
+      </c>
+      <c r="I105" t="s">
+        <v>13</v>
+      </c>
+      <c r="J105" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>18</v>
+      </c>
+      <c r="B106" t="s">
+        <v>587</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>588</v>
+      </c>
+      <c r="E106" t="s">
+        <v>589</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>590</v>
+      </c>
+      <c r="H106" t="s">
+        <v>591</v>
+      </c>
+      <c r="I106" t="s">
+        <v>13</v>
+      </c>
+      <c r="J106" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>18</v>
+      </c>
+      <c r="B107" t="s">
+        <v>593</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>594</v>
+      </c>
+      <c r="E107" t="s">
+        <v>595</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>596</v>
+      </c>
+      <c r="H107" t="s">
+        <v>597</v>
+      </c>
+      <c r="I107" t="s">
+        <v>13</v>
+      </c>
+      <c r="J107" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>18</v>
+      </c>
+      <c r="B108" t="s">
+        <v>599</v>
+      </c>
+      <c r="C108" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" t="s">
+        <v>600</v>
+      </c>
+      <c r="E108" t="s">
+        <v>595</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>601</v>
+      </c>
+      <c r="H108" t="s">
+        <v>602</v>
+      </c>
+      <c r="I108" t="s">
+        <v>13</v>
+      </c>
+      <c r="J108" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>18</v>
+      </c>
+      <c r="B109" t="s">
+        <v>604</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" t="s">
+        <v>605</v>
+      </c>
+      <c r="E109" t="s">
+        <v>595</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>606</v>
+      </c>
+      <c r="H109" t="s">
+        <v>607</v>
+      </c>
+      <c r="I109" t="s">
+        <v>13</v>
+      </c>
+      <c r="J109" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>18</v>
+      </c>
+      <c r="B110" t="s">
+        <v>609</v>
+      </c>
+      <c r="C110" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" t="s">
+        <v>605</v>
+      </c>
+      <c r="E110" t="s">
+        <v>595</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>610</v>
+      </c>
+      <c r="H110" t="s">
+        <v>611</v>
+      </c>
+      <c r="I110" t="s">
+        <v>13</v>
+      </c>
+      <c r="J110" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>18</v>
+      </c>
+      <c r="B111" t="s">
+        <v>612</v>
+      </c>
+      <c r="C111" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" t="s">
+        <v>605</v>
+      </c>
+      <c r="E111" t="s">
+        <v>595</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>613</v>
+      </c>
+      <c r="H111" t="s">
+        <v>614</v>
+      </c>
+      <c r="I111" t="s">
+        <v>13</v>
+      </c>
+      <c r="J111" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>18</v>
+      </c>
+      <c r="B112" t="s">
+        <v>615</v>
+      </c>
+      <c r="C112" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" t="s">
+        <v>605</v>
+      </c>
+      <c r="E112" t="s">
+        <v>595</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>616</v>
+      </c>
+      <c r="H112" t="s">
+        <v>617</v>
+      </c>
+      <c r="I112" t="s">
+        <v>13</v>
+      </c>
+      <c r="J112" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>18</v>
+      </c>
+      <c r="B113" t="s">
+        <v>618</v>
+      </c>
+      <c r="C113" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" t="s">
+        <v>605</v>
+      </c>
+      <c r="E113" t="s">
+        <v>595</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>619</v>
+      </c>
+      <c r="H113" t="s">
+        <v>620</v>
+      </c>
+      <c r="I113" t="s">
+        <v>13</v>
+      </c>
+      <c r="J113" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>18</v>
+      </c>
+      <c r="B114" t="s">
+        <v>621</v>
+      </c>
+      <c r="C114" t="s">
+        <v>494</v>
+      </c>
+      <c r="D114" t="s">
+        <v>622</v>
+      </c>
+      <c r="E114" t="s">
+        <v>623</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>624</v>
+      </c>
+      <c r="H114" t="s">
+        <v>625</v>
+      </c>
+      <c r="I114" t="s">
+        <v>494</v>
+      </c>
+      <c r="J114" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>18</v>
+      </c>
+      <c r="B115" t="s">
+        <v>627</v>
+      </c>
+      <c r="C115" t="s">
+        <v>494</v>
+      </c>
+      <c r="D115" t="s">
+        <v>622</v>
+      </c>
+      <c r="E115" t="s">
+        <v>623</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>628</v>
+      </c>
+      <c r="H115" t="s">
+        <v>629</v>
+      </c>
+      <c r="I115" t="s">
+        <v>494</v>
+      </c>
+      <c r="J115" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>18</v>
+      </c>
+      <c r="B116" t="s">
+        <v>630</v>
+      </c>
+      <c r="C116" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" t="s">
+        <v>631</v>
+      </c>
+      <c r="E116" t="s">
+        <v>632</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>633</v>
+      </c>
+      <c r="H116" t="s">
+        <v>634</v>
+      </c>
+      <c r="I116" t="s">
+        <v>13</v>
+      </c>
+      <c r="J116" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>18</v>
+      </c>
+      <c r="B117" t="s">
+        <v>384</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>636</v>
+      </c>
+      <c r="E117" t="s">
+        <v>637</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>638</v>
+      </c>
+      <c r="H117" t="s">
+        <v>639</v>
+      </c>
+      <c r="I117" t="s">
+        <v>13</v>
+      </c>
+      <c r="J117" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>18</v>
+      </c>
+      <c r="B118" t="s">
+        <v>641</v>
+      </c>
+      <c r="C118" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" t="s">
+        <v>642</v>
+      </c>
+      <c r="E118" t="s">
+        <v>643</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>644</v>
+      </c>
+      <c r="H118" t="s">
+        <v>645</v>
+      </c>
+      <c r="I118" t="s">
+        <v>13</v>
+      </c>
+      <c r="J118" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>18</v>
+      </c>
+      <c r="B119" t="s">
+        <v>646</v>
+      </c>
+      <c r="C119" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" t="s">
+        <v>647</v>
+      </c>
+      <c r="E119" t="s">
+        <v>648</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>649</v>
+      </c>
+      <c r="H119" t="s">
+        <v>650</v>
+      </c>
+      <c r="I119" t="s">
+        <v>13</v>
+      </c>
+      <c r="J119" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>18</v>
+      </c>
+      <c r="B120" t="s">
+        <v>651</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>647</v>
+      </c>
+      <c r="E120" t="s">
+        <v>652</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>653</v>
+      </c>
+      <c r="H120" t="s">
+        <v>654</v>
+      </c>
+      <c r="I120" t="s">
+        <v>13</v>
+      </c>
+      <c r="J120" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>18</v>
+      </c>
+      <c r="B121" t="s">
+        <v>233</v>
+      </c>
+      <c r="C121" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" t="s">
+        <v>636</v>
+      </c>
+      <c r="E121" t="s">
+        <v>655</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>656</v>
+      </c>
+      <c r="H121" t="s">
+        <v>657</v>
+      </c>
+      <c r="I121" t="s">
+        <v>13</v>
+      </c>
+      <c r="J121" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>18</v>
+      </c>
+      <c r="B122" t="s">
+        <v>659</v>
+      </c>
+      <c r="C122" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" t="s">
+        <v>636</v>
+      </c>
+      <c r="E122" t="s">
+        <v>660</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>661</v>
+      </c>
+      <c r="H122" t="s">
+        <v>662</v>
+      </c>
+      <c r="I122" t="s">
+        <v>13</v>
+      </c>
+      <c r="J122" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>18</v>
+      </c>
+      <c r="B123" t="s">
+        <v>664</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>636</v>
+      </c>
+      <c r="E123" t="s">
+        <v>665</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>666</v>
+      </c>
+      <c r="H123" t="s">
+        <v>667</v>
+      </c>
+      <c r="I123" t="s">
+        <v>13</v>
+      </c>
+      <c r="J123" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>18</v>
+      </c>
+      <c r="B124" t="s">
+        <v>669</v>
+      </c>
+      <c r="C124" t="s">
+        <v>13</v>
+      </c>
+      <c r="D124" t="s">
+        <v>670</v>
+      </c>
+      <c r="E124" t="s">
+        <v>671</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>672</v>
+      </c>
+      <c r="H124" t="s">
+        <v>673</v>
+      </c>
+      <c r="I124" t="s">
+        <v>13</v>
+      </c>
+      <c r="J124" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>18</v>
+      </c>
+      <c r="B125" t="s">
+        <v>675</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>676</v>
+      </c>
+      <c r="E125" t="s">
+        <v>677</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>678</v>
+      </c>
+      <c r="H125" t="s">
+        <v>679</v>
+      </c>
+      <c r="I125" t="s">
+        <v>13</v>
+      </c>
+      <c r="J125" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>18</v>
+      </c>
+      <c r="B126" t="s">
+        <v>680</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>681</v>
+      </c>
+      <c r="E126" t="s">
+        <v>681</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>682</v>
+      </c>
+      <c r="H126" t="s">
+        <v>683</v>
+      </c>
+      <c r="I126" t="s">
+        <v>13</v>
+      </c>
+      <c r="J126" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>18</v>
+      </c>
+      <c r="B127" t="s">
+        <v>685</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>686</v>
+      </c>
+      <c r="E127" t="s">
+        <v>686</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>687</v>
+      </c>
+      <c r="H127" t="s">
+        <v>688</v>
+      </c>
+      <c r="I127" t="s">
+        <v>13</v>
+      </c>
+      <c r="J127" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>18</v>
+      </c>
+      <c r="B128" t="s">
+        <v>685</v>
+      </c>
+      <c r="C128" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" t="s">
+        <v>690</v>
+      </c>
+      <c r="E128" t="s">
+        <v>690</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>691</v>
+      </c>
+      <c r="H128" t="s">
+        <v>692</v>
+      </c>
+      <c r="I128" t="s">
+        <v>13</v>
+      </c>
+      <c r="J128" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>18</v>
+      </c>
+      <c r="B129" t="s">
+        <v>680</v>
+      </c>
+      <c r="C129" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" t="s">
+        <v>693</v>
+      </c>
+      <c r="E129" t="s">
+        <v>693</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>694</v>
+      </c>
+      <c r="H129" t="s">
+        <v>695</v>
+      </c>
+      <c r="I129" t="s">
+        <v>13</v>
+      </c>
+      <c r="J129" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>18</v>
+      </c>
+      <c r="B130" t="s">
+        <v>680</v>
+      </c>
+      <c r="C130" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" t="s">
+        <v>697</v>
+      </c>
+      <c r="E130" t="s">
+        <v>697</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>698</v>
+      </c>
+      <c r="H130" t="s">
+        <v>699</v>
+      </c>
+      <c r="I130" t="s">
+        <v>13</v>
+      </c>
+      <c r="J130" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>18</v>
+      </c>
+      <c r="B131" t="s">
+        <v>700</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>697</v>
+      </c>
+      <c r="E131" t="s">
+        <v>697</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>701</v>
+      </c>
+      <c r="H131" t="s">
+        <v>702</v>
+      </c>
+      <c r="I131" t="s">
+        <v>13</v>
+      </c>
+      <c r="J131" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>18</v>
+      </c>
+      <c r="B132" t="s">
+        <v>703</v>
+      </c>
+      <c r="C132" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" t="s">
+        <v>704</v>
+      </c>
+      <c r="E132" t="s">
+        <v>704</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>705</v>
+      </c>
+      <c r="H132" t="s">
+        <v>706</v>
+      </c>
+      <c r="I132" t="s">
+        <v>13</v>
+      </c>
+      <c r="J132" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>18</v>
+      </c>
+      <c r="B133" t="s">
+        <v>675</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>707</v>
+      </c>
+      <c r="E133" t="s">
+        <v>707</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>708</v>
+      </c>
+      <c r="H133" t="s">
+        <v>709</v>
+      </c>
+      <c r="I133" t="s">
+        <v>13</v>
+      </c>
+      <c r="J133" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>18</v>
+      </c>
+      <c r="B134" t="s">
+        <v>641</v>
+      </c>
+      <c r="C134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" t="s">
+        <v>710</v>
+      </c>
+      <c r="E134" t="s">
+        <v>710</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>711</v>
+      </c>
+      <c r="H134" t="s">
+        <v>712</v>
+      </c>
+      <c r="I134" t="s">
+        <v>13</v>
+      </c>
+      <c r="J134" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>18</v>
+      </c>
+      <c r="B135" t="s">
+        <v>713</v>
+      </c>
+      <c r="C135" t="s">
+        <v>13</v>
+      </c>
+      <c r="D135" t="s">
+        <v>714</v>
+      </c>
+      <c r="E135" t="s">
+        <v>714</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>715</v>
+      </c>
+      <c r="H135" t="s">
+        <v>716</v>
+      </c>
+      <c r="I135" t="s">
+        <v>13</v>
+      </c>
+      <c r="J135" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>18</v>
+      </c>
+      <c r="B136" t="s">
+        <v>675</v>
+      </c>
+      <c r="C136" t="s">
+        <v>13</v>
+      </c>
+      <c r="D136" t="s">
+        <v>714</v>
+      </c>
+      <c r="E136" t="s">
+        <v>714</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>717</v>
+      </c>
+      <c r="H136" t="s">
+        <v>718</v>
+      </c>
+      <c r="I136" t="s">
+        <v>13</v>
+      </c>
+      <c r="J136" t="s">
+        <v>608</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H26"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>719</v>
+      </c>
+      <c r="B2" t="s">
+        <v>720</v>
+      </c>
+      <c r="C2" t="s">
+        <v>721</v>
+      </c>
+      <c r="D2" t="s">
+        <v>722</v>
+      </c>
+      <c r="E2" t="s">
+        <v>723</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>724</v>
+      </c>
+      <c r="H2" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>719</v>
+      </c>
+      <c r="B3" t="s">
+        <v>726</v>
+      </c>
+      <c r="C3" t="s">
+        <v>727</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>728</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>729</v>
+      </c>
+      <c r="H3" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>719</v>
+      </c>
+      <c r="B4" t="s">
+        <v>731</v>
+      </c>
+      <c r="C4" t="s">
+        <v>732</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>733</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>734</v>
+      </c>
+      <c r="H4" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>719</v>
+      </c>
+      <c r="B5" t="s">
+        <v>736</v>
+      </c>
+      <c r="C5" t="s">
+        <v>737</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>738</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>739</v>
+      </c>
+      <c r="H5" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>719</v>
+      </c>
+      <c r="B6" t="s">
+        <v>741</v>
+      </c>
+      <c r="C6" t="s">
+        <v>742</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>743</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>744</v>
+      </c>
+      <c r="H6" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>719</v>
+      </c>
+      <c r="B7" t="s">
+        <v>746</v>
+      </c>
+      <c r="C7" t="s">
+        <v>747</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>748</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>749</v>
+      </c>
+      <c r="H7" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>719</v>
+      </c>
+      <c r="B8" t="s">
+        <v>751</v>
+      </c>
+      <c r="C8" t="s">
+        <v>752</v>
+      </c>
+      <c r="D8" t="s">
+        <v>753</v>
+      </c>
+      <c r="E8" t="s">
+        <v>754</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>755</v>
+      </c>
+      <c r="H8" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>719</v>
+      </c>
+      <c r="B9" t="s">
+        <v>757</v>
+      </c>
+      <c r="C9" t="s">
+        <v>758</v>
+      </c>
+      <c r="D9" t="s">
+        <v>759</v>
+      </c>
+      <c r="E9" t="s">
+        <v>760</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>761</v>
+      </c>
+      <c r="H9" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>719</v>
+      </c>
+      <c r="B10" t="s">
+        <v>763</v>
+      </c>
+      <c r="C10" t="s">
+        <v>764</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>765</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>766</v>
+      </c>
+      <c r="H10" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>719</v>
+      </c>
+      <c r="B11" t="s">
+        <v>768</v>
+      </c>
+      <c r="C11" t="s">
+        <v>769</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>770</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>771</v>
+      </c>
+      <c r="H11" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>719</v>
+      </c>
+      <c r="B12" t="s">
+        <v>773</v>
+      </c>
+      <c r="C12" t="s">
+        <v>774</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>775</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>776</v>
+      </c>
+      <c r="H12" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>719</v>
+      </c>
+      <c r="B13" t="s">
+        <v>778</v>
+      </c>
+      <c r="C13" t="s">
+        <v>779</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>780</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>781</v>
+      </c>
+      <c r="H13" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>719</v>
+      </c>
+      <c r="B14" t="s">
+        <v>783</v>
+      </c>
+      <c r="C14" t="s">
+        <v>784</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>785</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>786</v>
+      </c>
+      <c r="H14" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>719</v>
+      </c>
+      <c r="B15" t="s">
+        <v>788</v>
+      </c>
+      <c r="C15" t="s">
+        <v>758</v>
+      </c>
+      <c r="D15" t="s">
+        <v>789</v>
+      </c>
+      <c r="E15" t="s">
+        <v>790</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>791</v>
+      </c>
+      <c r="H15" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>719</v>
+      </c>
+      <c r="B16" t="s">
+        <v>793</v>
+      </c>
+      <c r="C16" t="s">
+        <v>794</v>
+      </c>
+      <c r="D16" t="s">
+        <v>795</v>
+      </c>
+      <c r="E16" t="s">
+        <v>796</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>797</v>
+      </c>
+      <c r="H16" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>719</v>
+      </c>
+      <c r="B17" t="s">
+        <v>799</v>
+      </c>
+      <c r="C17" t="s">
+        <v>800</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>801</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>802</v>
+      </c>
+      <c r="H17" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>719</v>
+      </c>
+      <c r="B18" t="s">
+        <v>804</v>
+      </c>
+      <c r="C18" t="s">
+        <v>805</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>806</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>807</v>
+      </c>
+      <c r="H18" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>719</v>
+      </c>
+      <c r="B19" t="s">
+        <v>809</v>
+      </c>
+      <c r="C19" t="s">
+        <v>758</v>
+      </c>
+      <c r="D19" t="s">
+        <v>795</v>
+      </c>
+      <c r="E19" t="s">
+        <v>810</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>811</v>
+      </c>
+      <c r="H19" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>719</v>
+      </c>
+      <c r="B20" t="s">
+        <v>813</v>
+      </c>
+      <c r="C20" t="s">
+        <v>814</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>815</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>816</v>
+      </c>
+      <c r="H20" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>719</v>
+      </c>
+      <c r="B21" t="s">
+        <v>763</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>818</v>
+      </c>
+      <c r="E21" t="s">
+        <v>819</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>820</v>
+      </c>
+      <c r="H21" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>719</v>
+      </c>
+      <c r="B22" t="s">
+        <v>822</v>
+      </c>
+      <c r="C22" t="s">
+        <v>823</v>
+      </c>
+      <c r="D22" t="s">
+        <v>824</v>
+      </c>
+      <c r="E22" t="s">
+        <v>825</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>826</v>
+      </c>
+      <c r="H22" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>719</v>
+      </c>
+      <c r="B23" t="s">
+        <v>828</v>
+      </c>
+      <c r="C23" t="s">
+        <v>758</v>
+      </c>
+      <c r="D23" t="s">
+        <v>829</v>
+      </c>
+      <c r="E23" t="s">
+        <v>830</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>831</v>
+      </c>
+      <c r="H23" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>719</v>
+      </c>
+      <c r="B24" t="s">
+        <v>833</v>
+      </c>
+      <c r="C24" t="s">
+        <v>834</v>
+      </c>
+      <c r="D24" t="s">
+        <v>835</v>
+      </c>
+      <c r="E24" t="s">
+        <v>836</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>837</v>
+      </c>
+      <c r="H24" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>719</v>
+      </c>
+      <c r="B25" t="s">
+        <v>839</v>
+      </c>
+      <c r="C25" t="s">
+        <v>840</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>841</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>842</v>
+      </c>
+      <c r="H25" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>719</v>
+      </c>
+      <c r="B26" t="s">
+        <v>844</v>
+      </c>
+      <c r="C26" t="s">
+        <v>845</v>
+      </c>
+      <c r="D26" t="s">
+        <v>846</v>
+      </c>
+      <c r="E26" t="s">
+        <v>847</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>848</v>
+      </c>
+      <c r="H26" t="s">
+        <v>849</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>850</v>
+      </c>
+      <c r="B2" t="s">
+        <v>851</v>
+      </c>
+      <c r="C2" t="s">
+        <v>852</v>
+      </c>
+      <c r="D2" t="s">
+        <v>853</v>
+      </c>
+      <c r="E2" t="s">
+        <v>854</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>855</v>
+      </c>
+      <c r="H2" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>850</v>
+      </c>
+      <c r="B3" t="s">
+        <v>857</v>
+      </c>
+      <c r="C3" t="s">
+        <v>858</v>
+      </c>
+      <c r="D3" t="s">
+        <v>859</v>
+      </c>
+      <c r="E3" t="s">
+        <v>860</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>861</v>
+      </c>
+      <c r="H3" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>850</v>
+      </c>
+      <c r="B4" t="s">
+        <v>863</v>
+      </c>
+      <c r="C4" t="s">
+        <v>864</v>
+      </c>
+      <c r="D4" t="s">
+        <v>865</v>
+      </c>
+      <c r="E4" t="s">
+        <v>866</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>867</v>
+      </c>
+      <c r="H4" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>850</v>
+      </c>
+      <c r="B5" t="s">
+        <v>869</v>
+      </c>
+      <c r="C5" t="s">
+        <v>870</v>
+      </c>
+      <c r="D5" t="s">
+        <v>871</v>
+      </c>
+      <c r="E5" t="s">
+        <v>872</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>873</v>
+      </c>
+      <c r="H5" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>850</v>
+      </c>
+      <c r="B6" t="s">
+        <v>875</v>
+      </c>
+      <c r="C6" t="s">
+        <v>876</v>
+      </c>
+      <c r="D6" t="s">
+        <v>877</v>
+      </c>
+      <c r="E6" t="s">
+        <v>878</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>879</v>
+      </c>
+      <c r="H6" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>850</v>
+      </c>
+      <c r="B7" t="s">
+        <v>881</v>
+      </c>
+      <c r="C7" t="s">
+        <v>882</v>
+      </c>
+      <c r="D7" t="s">
+        <v>883</v>
+      </c>
+      <c r="E7" t="s">
+        <v>884</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>885</v>
+      </c>
+      <c r="H7" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>850</v>
+      </c>
+      <c r="B8" t="s">
+        <v>887</v>
+      </c>
+      <c r="C8" t="s">
+        <v>888</v>
+      </c>
+      <c r="D8" t="s">
+        <v>889</v>
+      </c>
+      <c r="E8" t="s">
+        <v>890</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>891</v>
+      </c>
+      <c r="H8" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>850</v>
+      </c>
+      <c r="B9" t="s">
+        <v>893</v>
+      </c>
+      <c r="C9" t="s">
+        <v>894</v>
+      </c>
+      <c r="D9" t="s">
+        <v>895</v>
+      </c>
+      <c r="E9" t="s">
+        <v>896</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>897</v>
+      </c>
+      <c r="H9" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>850</v>
+      </c>
+      <c r="B10" t="s">
+        <v>899</v>
+      </c>
+      <c r="C10" t="s">
+        <v>900</v>
+      </c>
+      <c r="D10" t="s">
+        <v>895</v>
+      </c>
+      <c r="E10" t="s">
+        <v>901</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>902</v>
+      </c>
+      <c r="H10" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>850</v>
+      </c>
+      <c r="B11" t="s">
+        <v>904</v>
+      </c>
+      <c r="C11" t="s">
+        <v>905</v>
+      </c>
+      <c r="D11" t="s">
+        <v>895</v>
+      </c>
+      <c r="E11" t="s">
+        <v>906</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>907</v>
+      </c>
+      <c r="H11" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>850</v>
+      </c>
+      <c r="B12" t="s">
+        <v>909</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>910</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>911</v>
+      </c>
+      <c r="H12" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>850</v>
+      </c>
+      <c r="B13" t="s">
+        <v>913</v>
+      </c>
+      <c r="C13" t="s">
+        <v>914</v>
+      </c>
+      <c r="D13" t="s">
+        <v>915</v>
+      </c>
+      <c r="E13" t="s">
+        <v>916</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>917</v>
+      </c>
+      <c r="H13" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>850</v>
+      </c>
+      <c r="B14" t="s">
+        <v>919</v>
+      </c>
+      <c r="C14" t="s">
+        <v>920</v>
+      </c>
+      <c r="D14" t="s">
+        <v>921</v>
+      </c>
+      <c r="E14" t="s">
+        <v>922</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>923</v>
+      </c>
+      <c r="H14" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>850</v>
+      </c>
+      <c r="B15" t="s">
+        <v>925</v>
+      </c>
+      <c r="C15" t="s">
+        <v>926</v>
+      </c>
+      <c r="D15" t="s">
+        <v>927</v>
+      </c>
+      <c r="E15" t="s">
+        <v>928</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>929</v>
+      </c>
+      <c r="H15" t="s">
+        <v>930</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>29</v>
+        <v>931</v>
       </c>
       <c r="B2" t="s">
-        <v>30</v>
+        <v>932</v>
       </c>
       <c r="C2" t="s">
-        <v>31</v>
+        <v>933</v>
       </c>
       <c r="D2" t="s">
-        <v>32</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>934</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>935</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>936</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>36</v>
+        <v>937</v>
       </c>
       <c r="B2" t="s">
-        <v>37</v>
+        <v>938</v>
       </c>
       <c r="C2" t="s">
-        <v>38</v>
+        <v>939</v>
       </c>
       <c r="D2" t="s">
-        <v>39</v>
+        <v>940</v>
       </c>
       <c r="E2" t="s">
-        <v>40</v>
+        <v>941</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>41</v>
+        <v>942</v>
       </c>
       <c r="H2" t="s">
-        <v>42</v>
+        <v>943</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>36</v>
+        <v>937</v>
       </c>
       <c r="B3" t="s">
-        <v>43</v>
+        <v>944</v>
       </c>
       <c r="C3" t="s">
-        <v>44</v>
+        <v>945</v>
       </c>
       <c r="D3" t="s">
-        <v>45</v>
+        <v>946</v>
       </c>
       <c r="E3" t="s">
-        <v>46</v>
+        <v>947</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>47</v>
+        <v>948</v>
       </c>
       <c r="H3" t="s">
-        <v>48</v>
+        <v>949</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>36</v>
+        <v>937</v>
       </c>
       <c r="B4" t="s">
-        <v>49</v>
+        <v>950</v>
       </c>
       <c r="C4" t="s">
-        <v>50</v>
+        <v>951</v>
       </c>
       <c r="D4" t="s">
-        <v>51</v>
+        <v>952</v>
       </c>
       <c r="E4" t="s">
-        <v>52</v>
+        <v>953</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>53</v>
+        <v>954</v>
       </c>
       <c r="H4" t="s">
-        <v>54</v>
+        <v>955</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>36</v>
+        <v>937</v>
       </c>
       <c r="B5" t="s">
-        <v>55</v>
+        <v>956</v>
       </c>
       <c r="C5" t="s">
-        <v>56</v>
+        <v>957</v>
       </c>
       <c r="D5" t="s">
-        <v>57</v>
+        <v>958</v>
       </c>
       <c r="E5" t="s">
-        <v>58</v>
+        <v>959</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>59</v>
+        <v>960</v>
       </c>
       <c r="H5" t="s">
-        <v>60</v>
+        <v>961</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>36</v>
+        <v>937</v>
       </c>
       <c r="B6" t="s">
-        <v>61</v>
+        <v>962</v>
       </c>
       <c r="C6" t="s">
-        <v>56</v>
+        <v>963</v>
       </c>
       <c r="D6" t="s">
-        <v>62</v>
+        <v>964</v>
       </c>
       <c r="E6" t="s">
-        <v>63</v>
+        <v>965</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>64</v>
+        <v>966</v>
       </c>
       <c r="H6" t="s">
-        <v>65</v>
+        <v>967</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>36</v>
+        <v>937</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>968</v>
       </c>
       <c r="C7" t="s">
-        <v>67</v>
+        <v>969</v>
       </c>
       <c r="D7" t="s">
-        <v>68</v>
+        <v>970</v>
       </c>
       <c r="E7" t="s">
-        <v>69</v>
+        <v>971</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>70</v>
+        <v>972</v>
       </c>
       <c r="H7" t="s">
-        <v>71</v>
+        <v>973</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>937</v>
+      </c>
+      <c r="B8" t="s">
+        <v>974</v>
+      </c>
+      <c r="C8" t="s">
+        <v>975</v>
+      </c>
+      <c r="D8" t="s">
+        <v>976</v>
+      </c>
+      <c r="E8" t="s">
+        <v>977</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>978</v>
+      </c>
+      <c r="H8" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>937</v>
+      </c>
+      <c r="B9" t="s">
+        <v>285</v>
+      </c>
+      <c r="C9" t="s">
+        <v>980</v>
+      </c>
+      <c r="D9" t="s">
+        <v>981</v>
+      </c>
+      <c r="E9" t="s">
+        <v>982</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>983</v>
+      </c>
+      <c r="H9" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>937</v>
+      </c>
+      <c r="B10" t="s">
+        <v>985</v>
+      </c>
+      <c r="C10" t="s">
+        <v>986</v>
+      </c>
+      <c r="D10" t="s">
+        <v>987</v>
+      </c>
+      <c r="E10" t="s">
+        <v>988</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>989</v>
+      </c>
+      <c r="H10" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>937</v>
+      </c>
+      <c r="B11" t="s">
+        <v>991</v>
+      </c>
+      <c r="C11" t="s">
+        <v>992</v>
+      </c>
+      <c r="D11" t="s">
+        <v>315</v>
+      </c>
+      <c r="E11" t="s">
+        <v>993</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>994</v>
+      </c>
+      <c r="H11" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>937</v>
+      </c>
+      <c r="B12" t="s">
+        <v>996</v>
+      </c>
+      <c r="C12" t="s">
+        <v>997</v>
+      </c>
+      <c r="D12" t="s">
+        <v>998</v>
+      </c>
+      <c r="E12" t="s">
+        <v>999</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>937</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>937</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1012</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>937</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1014</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>937</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1020</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>937</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1030</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I26"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1045</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1053</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1057</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1061</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1065</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1067</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1069</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1071</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1074</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1077</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1079</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1089</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1096</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1097</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1105</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1108</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1109</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1113</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1116</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1117</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1119</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1120</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1121</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1127</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1128</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1129</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1133</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1139</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1155</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1134</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1161</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>72</v>
+        <v>1165</v>
       </c>
       <c r="J1" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>74</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>75</v>
+        <v>1167</v>
       </c>
       <c r="B2" t="s">
-        <v>76</v>
+        <v>1168</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>77</v>
+        <v>1169</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>78</v>
+        <v>1170</v>
       </c>
       <c r="H2" t="s">
-        <v>79</v>
+        <v>1171</v>
       </c>
       <c r="I2" t="s">
-        <v>80</v>
+        <v>1172</v>
       </c>
       <c r="J2" t="s">
-        <v>81</v>
+        <v>1173</v>
       </c>
       <c r="K2" t="s">
-        <v>82</v>
+        <v>1174</v>
       </c>
       <c r="L2" t="s">
-        <v>83</v>
+        <v>1175</v>
       </c>
       <c r="M2" t="s">
-        <v>84</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>75</v>
+        <v>1167</v>
       </c>
       <c r="B3" t="s">
-        <v>85</v>
+        <v>1177</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>86</v>
+        <v>1178</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>87</v>
+        <v>1179</v>
       </c>
       <c r="H3" t="s">
-        <v>88</v>
+        <v>1180</v>
       </c>
       <c r="I3" t="s">
-        <v>89</v>
+        <v>1181</v>
       </c>
       <c r="J3" t="s">
-        <v>81</v>
+        <v>1173</v>
       </c>
       <c r="K3" t="s">
-        <v>90</v>
+        <v>1182</v>
       </c>
       <c r="L3" t="s">
-        <v>91</v>
+        <v>1183</v>
       </c>
       <c r="M3" t="s">
-        <v>92</v>
+        <v>1184</v>
       </c>
       <c r="N3" t="s">
-        <v>93</v>
+        <v>1185</v>
       </c>
       <c r="O3" t="s">
-        <v>94</v>
+        <v>1186</v>
       </c>
       <c r="P3" t="s">
-        <v>95</v>
+        <v>1187</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...90 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>