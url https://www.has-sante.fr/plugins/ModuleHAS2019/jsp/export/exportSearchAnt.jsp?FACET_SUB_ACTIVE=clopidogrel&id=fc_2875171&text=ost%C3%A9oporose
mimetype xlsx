--- v0 (2025-12-15)
+++ v1 (2026-02-07)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="95">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -111,50 +111,65 @@
     <t>17/10/2019 00:00:00</t>
   </si>
   <si>
     <t>21/10/2019 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
   </si>
   <si>
     <t>c_483032</t>
   </si>
   <si>
     <t>Pseudoxanthome élastique (PXE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/04/2021 15:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
   </si>
   <si>
     <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2025 14:17:00</t>
   </si>
@@ -338,51 +353,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -531,404 +546,430 @@
       </c>
       <c r="C7" t="s">
         <v>37</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>39</v>
       </c>
       <c r="H7" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H8" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="C9" t="s">
         <v>46</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>47</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>48</v>
       </c>
       <c r="H9" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>50</v>
       </c>
       <c r="C10" t="s">
         <v>51</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
         <v>52</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>53</v>
       </c>
       <c r="H10" t="s">
         <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>57</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>58</v>
+      </c>
+      <c r="H11" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="E2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="C3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="D3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="E3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="H3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="C2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="H2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="I2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="H3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="I3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B4" t="s">
+        <v>91</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>92</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>93</v>
+      </c>
+      <c r="H4" t="s">
+        <v>94</v>
+      </c>
+      <c r="I4" t="s">
         <v>86</v>
-      </c>
-[...19 lines deleted...]
-        <v>81</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>