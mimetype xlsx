--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -1,666 +1,3047 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Web page" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="99" uniqueCount="63">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="551" uniqueCount="341">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>04/20/2021 09:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>WINGSPAN</t>
+  </si>
+  <si>
+    <t>Endoprothèse intracrânienne</t>
+  </si>
+  <si>
+    <t>01/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2016 09:26:10</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_534304/en/coronary-artery-disease</t>
+    <t>https://www.has-sante.fr/jcms/c_2587620/fr/wingspan</t>
+  </si>
+  <si>
+    <t>c_2587620</t>
+  </si>
+  <si>
+    <t>STRYKER NEUROVASCULAR</t>
+  </si>
+  <si>
+    <t>DISPOSITIF D'OCCLUSION POUR FOP COCOON</t>
+  </si>
+  <si>
+    <t>11/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455702/fr/dispositif-d-occlusion-pour-fop-cocoon</t>
+  </si>
+  <si>
+    <t>p_3455702</t>
+  </si>
+  <si>
+    <t>Implant de fermeture du foramen ovale perméable</t>
+  </si>
+  <si>
+    <t>SMT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>GORE CARDIOFORM</t>
+  </si>
+  <si>
+    <t>Fermeture du foramen ovale perméable (FOP) chez les patients âgés entre 16 et 60 ans, ayant eu un infarctus cérébral récent (= 6 mois) (ce délai sera prolongé si un enregistrement prolongé du rythme cardiaque est nécessaire), avec un FOP associé à un ASIA (&gt; 10mm) ou à un shunt droit-gauche &gt; 20 µbulles ou un diamètre = 2mm. Le FOP étant la cause la plus probable de l’infarctus cérébral après un bilan étiologique par un spécialiste neurovasculaire.</t>
+  </si>
+  <si>
+    <t>16/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2021 16:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302064/fr/gore-cardioform</t>
+  </si>
+  <si>
+    <t>p_3302064</t>
+  </si>
+  <si>
+    <t>Implant pour fermeture du foramen ovale perméable</t>
+  </si>
+  <si>
+    <t>WL GORE ET ASSOCIES SARL</t>
+  </si>
+  <si>
+    <t>ANGIOLITE</t>
+  </si>
+  <si>
+    <t>22/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2019 11:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121326/fr/angiolite</t>
+  </si>
+  <si>
+    <t>p_3121326</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement),</t>
+  </si>
+  <si>
+    <t>IVASCULAR FRANCE</t>
+  </si>
+  <si>
+    <t>AMPLATZER AMULET LEFT ATRIAL APPENDAGE OCCLUDER</t>
+  </si>
+  <si>
+    <t>27/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2015 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011106/fr/amplatzer-amulet-left-atrial-appendage-occluder</t>
+  </si>
+  <si>
+    <t>c_2011106</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>BioMatrix Flex</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>17/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715362/fr/biomatrix-flex</t>
+  </si>
+  <si>
+    <t>c_1715362</t>
+  </si>
+  <si>
+    <t>BIOSENSORS France SAS</t>
+  </si>
+  <si>
+    <t>BioMatrix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715363/fr/biomatrix</t>
+  </si>
+  <si>
+    <t>c_1715363</t>
+  </si>
+  <si>
+    <t>STENTYS BMS dit STENTYS Self-Apposing</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire</t>
+  </si>
+  <si>
+    <t>27/12/2013 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713060/fr/stentys-bms-dit-stentys-self-apposing</t>
+  </si>
+  <si>
+    <t>c_1713060</t>
+  </si>
+  <si>
+    <t>STENTYS SA</t>
+  </si>
+  <si>
+    <t>HELISTENT TITAN 2</t>
+  </si>
+  <si>
+    <t>13/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398678/fr/helistent-titan-2</t>
+  </si>
+  <si>
+    <t>c_398678</t>
+  </si>
+  <si>
+    <t>HEXACATH France</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Label - Ponction biopsie rénale dans le diagnostic des maladies rénales chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS et la société francophone de néphrologie, dialyse et transplantation (SFNDT) publient des recommandations sur la ponction biopsie rénale dans le diagnostic des maladies rénales chez l'adulte. Elles ont pour objectif de réduire la morbi-mortalité en lien avec les complications de la biopsie rénale grâce à des attitudes pratiques concernant la mise en œuvre de la ponction biopsie rénale, la surveillance et la prise en charge de ses complications éventuelles.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2022 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361210/fr/label-ponction-biopsie-renale-dans-le-diagnostic-des-maladies-renales-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3361210</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2021 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3279083</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Syndrome d’Ehlers-Danlos Non Vasculaire (SED NV)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d’Ehlers-Danlos Non Vasculaire. Il a été élaboré par le centre de référence des Maladies Osseuses Constitutionnelles (MOC) sous l’égide de la filière OSCAR, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187041/fr/syndrome-d-ehlers-danlos-non-vasculaire-sed-nv</t>
+  </si>
+  <si>
+    <t>p_3187041</t>
+  </si>
+  <si>
+    <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
+  </si>
+  <si>
+    <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3445524</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>ALD n° 1 - Accident vasculaire cérébral</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>13/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534745/fr/ald-n-1-accident-vasculaire-cerebral</t>
+  </si>
+  <si>
+    <t>c_534745</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>ALD n° 13 - Maladie coronarienne</t>
+  </si>
+  <si>
+    <t>20/04/2021 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534304/fr/ald-n-13-maladie-coronarienne</t>
   </si>
   <si>
     <t>c_534304</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/07/2025 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
+  </si>
+  <si>
+    <t>c_1069510</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>ALD n° 3 - Artériopathie oblitérante des membres inférieurs</t>
+  </si>
+  <si>
+    <t>07/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534760/fr/ald-n-3-arteriopathie-obliterante-des-membres-inferieurs</t>
+  </si>
+  <si>
+    <t>c_534760</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde : la prise en charge peut encore être améliorée</t>
+  </si>
+  <si>
+    <t>En France, chaque année 100 000 personnes sont atteintes d’infarctus du myocarde. Bien que la mortalité par infarctus ait fortement diminué en 10 ans, près de 13% des patients pris en charge en décèdent au cours de la première année. La HAS et les professionnels de santé concernés présentent aujourd’hui un bilan du programme d’amélioration de la prise en charge de l’infarctus du myocarde lancé en 2007 et insistent sur la nécessité de poursuivre les efforts engagés.</t>
+  </si>
+  <si>
+    <t>02/04/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765385/fr/infarctus-du-myocarde-la-prise-en-charge-peut-encore-etre-amelioree</t>
+  </si>
+  <si>
+    <t>c_765385</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
+    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
+  </si>
+  <si>
+    <t>Cette évaluation, concerne l’ensemble des endoprothèses utilisées dans le traitement des sténoses athéromateuses intracrâniennes. L’objectif de cette évaluation est d’entreprendre une réévaluation des performances cliniques et de la sécurité de ces endoprothèses, ainsi que de définir leur place dans la stratégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>29/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598003/fr/evaluation-des-endoprotheses-utilisees-dans-l-angioplastie-des-stenoses-atheromateuses-intracraniennes</t>
+  </si>
+  <si>
+    <t>c_1598003</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Mesure de la fraction du flux de réserve coronarien FFR lors d’une coronarographie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la mesure de fraction du flux de réserve coronarien (FFR), au cours d’une coronarographie, pour une sténose intermédiaire d’un vaisseau coronaire, en vue d’une inscription de l’acte à la Liste des actes et prestations (LAP)</t>
+  </si>
+  <si>
+    <t>22/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité généralisés - Thème « Infarctus du myocarde après la phase aiguë » - Analyse descriptive des résultats agrégés - Campagne 2010 - décembre 2011</t>
+  </si>
+  <si>
+    <t>En 2010, la HAS a coordonné la troisième campagne de recueil généralisée des indicateurs du thème « Prise en charge de l’infarctus du myocarde après la phase aiguë » impliquant les établissements ayant une activité de médecine, chirurgie et obstétrique (MCO). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet notamment d’analyser l’évolution des résultats sur 3 années consécutives.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2012 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216354/fr/indicateurs-de-qualite-generalises-theme-infarctus-du-myocarde-apres-la-phase-aigue-analyse-descriptive-des-resultats-agreges-campagne-2010-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1216354</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>Étude de la faisabilité et de l’intérêt de la mesure d’indicateurs de qualité et sécurité des soins sur les entrepôts de données de santé hospitaliers</t>
+  </si>
+  <si>
+    <t>Ce projet explore la réutilisation des données des EDSH pour mesurer des IQSS par la capitalisation de travaux déjà menés par 3 CHU et par l’expérimentation d’automatisation d’un indicateur de délai dans la prise en charge de l’AVC.</t>
+  </si>
+  <si>
+    <t>28/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499689/fr/etude-de-la-faisabilite-et-de-l-interet-de-la-mesure-d-indicateurs-de-qualite-et-securite-des-soins-sur-les-entrepots-de-donnees-de-sante-hospitaliers</t>
+  </si>
+  <si>
+    <t>p_3499689</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PLAVIX (clopidogrel (hydrogénosulfate de))</t>
   </si>
   <si>
-    <t>08/05/2021 09:31:08</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984205/en/plavix-clopidogrel-hydrogenosulfate-de</t>
+    <t>20/01/2026 12:16:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984205/fr/plavix-clopidogrel-hydrogenosulfate-de</t>
   </si>
   <si>
     <t>pprd_2984205</t>
   </si>
   <si>
     <t>clopidogrel (hydrogénosulfate de)</t>
   </si>
   <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399453/fr/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399755/fr/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-sous-plaquettes-thermoformees-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642387/fr/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545415/fr/plavix-clopidogrel-hydrogenosulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610158/fr/plavix-clopidogrel-antiagregant-plaquettaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280947/fr/plavix-clopidogrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809517/fr/plavix-clopidogrel-antiagregant-plaquettaire</t>
+  </si>
+  <si>
+    <t>DUOPLAVIN (clopidogrel (hydrogénosulfate de)/ acétylsalicylique (acide))</t>
+  </si>
+  <si>
+    <t>17/03/2023 16:35:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984338/fr/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+  </si>
+  <si>
+    <t>pprd_2984338</t>
+  </si>
+  <si>
+    <t>clopidogrel (hydrogénosulfate de),acétylsalicylique (acide)</t>
+  </si>
+  <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399453/en/plavix-75-mg-comprime-pellicule-boite-de-28-plavix-75-mg-comprime-pellicule-dans-plaquettes-thermoformees-aluminium/aluminium-boite-de-28</t>
-[...17 lines deleted...]
-    <t>Web page</t>
+    <t>https://www.has-sante.fr/jcms/c_971029/fr/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569098/fr/duoplavin-clopidogrel-hydrogenosulfate-de-/-acetylsalicylique-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420589/fr/duoplavin-clopidogrel/acide-acetylsalicylique-antithrombotique</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>04/30/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>30/04/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
+  </si>
+  <si>
+    <t>Ensemble, améliorons la prise en charge de l’infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Salle de presse virtuelle - On estime que chaque année en France, environ 100 000 personnes sont atteintes d’infarctus du myocarde. Parmi les patients pris en charge, 7 % décèdent dans le premier mois et au total, 13% décèdent au cours de la 1ère année. Cette mortalité a été réduite de moitié en 10 ans grâce à une amélioration globale de la prise en charge.# upload/docs/image/gif/2009-04/stethoscope_coeur_small.gif</t>
+  </si>
+  <si>
+    <t>02/04/2009 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765215/fr/ensemble-ameliorons-la-prise-en-charge-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_765215</t>
+  </si>
+  <si>
+    <t>IQSS Archives - IDM : Prise en charge hospitalière de l’infarctus du myocarde - indicateurs suspendus ou abandonnés</t>
+  </si>
+  <si>
+    <t>05/07/2017 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242619/fr/iqss-archives-idm-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde-indicateurs-suspendus-ou-abandonnes</t>
+  </si>
+  <si>
+    <t>c_1242619</t>
+  </si>
+  <si>
+    <t>Expérience patient dans l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>02/07/2013 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600208/fr/experience-patient-dans-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_1600208</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Les maladies cardio-vasculaires représentent la première cause de mortalité dans tous les pays industrialisés. En France, Environ 120 000 personnes sont atteintes d’infarctus du myocarde, chaque année. 10 % en décèdent lors de la crise et un an après, 18 000 personnes en seront mortes. Face à ce problème de santé publique majeur, la Haute Autorité de Santé informe les professionnels sur les documents de référence mis à leur disposition pour une prise en charge globale du patient et le grand public sur les réflexes d’urgence à adopter.</t>
+  </si>
+  <si>
+    <t>22/05/2007 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532116/fr/infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_532116</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>15</v>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>27</v>
+      </c>
+      <c r="D4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>32</v>
+      </c>
+      <c r="J4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+      <c r="I5" t="s">
+        <v>39</v>
+      </c>
+      <c r="J5" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7" t="s">
+        <v>52</v>
+      </c>
+      <c r="I7" t="s">
+        <v>48</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" t="s">
+        <v>48</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" t="s">
+        <v>58</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>64</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>65</v>
+      </c>
+      <c r="H10" t="s">
+        <v>66</v>
+      </c>
+      <c r="I10" t="s">
+        <v>15</v>
+      </c>
+      <c r="J10" t="s">
+        <v>67</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>69</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>70</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>71</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>76</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>77</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>79</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>80</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>82</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>83</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>84</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>85</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>86</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>87</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>88</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>89</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>90</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>91</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>92</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>68</v>
+      </c>
+      <c r="B6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C6" t="s">
+        <v>94</v>
+      </c>
+      <c r="D6" t="s">
+        <v>95</v>
+      </c>
+      <c r="E6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>97</v>
+      </c>
+      <c r="H6" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>68</v>
+      </c>
+      <c r="B7" t="s">
+        <v>99</v>
+      </c>
+      <c r="C7" t="s">
+        <v>100</v>
+      </c>
+      <c r="D7" t="s">
+        <v>101</v>
+      </c>
+      <c r="E7" t="s">
+        <v>102</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>103</v>
+      </c>
+      <c r="H7" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>68</v>
+      </c>
+      <c r="B8" t="s">
+        <v>105</v>
+      </c>
+      <c r="C8" t="s">
+        <v>106</v>
+      </c>
+      <c r="D8" t="s">
+        <v>107</v>
+      </c>
+      <c r="E8" t="s">
+        <v>108</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>109</v>
+      </c>
+      <c r="H8" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>68</v>
+      </c>
+      <c r="B9" t="s">
+        <v>111</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>112</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>113</v>
+      </c>
+      <c r="H9" t="s">
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>44</v>
+        <v>115</v>
       </c>
       <c r="B2" t="s">
-        <v>45</v>
+        <v>116</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>117</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>118</v>
       </c>
       <c r="E2" t="s">
-        <v>46</v>
+        <v>119</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>47</v>
+        <v>120</v>
       </c>
       <c r="H2" t="s">
-        <v>48</v>
-[...23 lines deleted...]
-        <v>56</v>
+        <v>121</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>115</v>
+      </c>
+      <c r="B3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C3" t="s">
+        <v>123</v>
+      </c>
+      <c r="D3" t="s">
+        <v>124</v>
+      </c>
+      <c r="E3" t="s">
+        <v>125</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>126</v>
+      </c>
+      <c r="H3" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>115</v>
+      </c>
+      <c r="B4" t="s">
+        <v>128</v>
+      </c>
+      <c r="C4" t="s">
+        <v>129</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>130</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>131</v>
+      </c>
+      <c r="H4" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>115</v>
+      </c>
+      <c r="B5" t="s">
+        <v>133</v>
+      </c>
+      <c r="C5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>135</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>136</v>
+      </c>
+      <c r="H5" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>115</v>
+      </c>
+      <c r="B6" t="s">
+        <v>138</v>
+      </c>
+      <c r="C6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D6" t="s">
+        <v>140</v>
+      </c>
+      <c r="E6" t="s">
+        <v>141</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>142</v>
+      </c>
+      <c r="H6" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>115</v>
+      </c>
+      <c r="B7" t="s">
+        <v>144</v>
+      </c>
+      <c r="C7" t="s">
+        <v>145</v>
+      </c>
+      <c r="D7" t="s">
+        <v>146</v>
+      </c>
+      <c r="E7" t="s">
+        <v>147</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>148</v>
+      </c>
+      <c r="H7" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>115</v>
+      </c>
+      <c r="B8" t="s">
+        <v>150</v>
+      </c>
+      <c r="C8" t="s">
+        <v>151</v>
+      </c>
+      <c r="D8" t="s">
+        <v>152</v>
+      </c>
+      <c r="E8" t="s">
+        <v>153</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>154</v>
+      </c>
+      <c r="H8" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>115</v>
+      </c>
+      <c r="B9" t="s">
+        <v>156</v>
+      </c>
+      <c r="C9" t="s">
+        <v>157</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>158</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>159</v>
+      </c>
+      <c r="H9" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>115</v>
+      </c>
+      <c r="B10" t="s">
+        <v>161</v>
+      </c>
+      <c r="C10" t="s">
+        <v>162</v>
+      </c>
+      <c r="D10" t="s">
+        <v>163</v>
+      </c>
+      <c r="E10" t="s">
+        <v>164</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>165</v>
+      </c>
+      <c r="H10" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>115</v>
+      </c>
+      <c r="B11" t="s">
+        <v>167</v>
+      </c>
+      <c r="C11" t="s">
+        <v>168</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>170</v>
+      </c>
+      <c r="H11" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>115</v>
+      </c>
+      <c r="B12" t="s">
+        <v>172</v>
+      </c>
+      <c r="C12" t="s">
+        <v>151</v>
+      </c>
+      <c r="D12" t="s">
+        <v>118</v>
+      </c>
+      <c r="E12" t="s">
+        <v>173</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>174</v>
+      </c>
+      <c r="H12" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>115</v>
+      </c>
+      <c r="B13" t="s">
+        <v>176</v>
+      </c>
+      <c r="C13" t="s">
+        <v>177</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>178</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>179</v>
+      </c>
+      <c r="H13" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>115</v>
+      </c>
+      <c r="B14" t="s">
+        <v>181</v>
+      </c>
+      <c r="C14" t="s">
+        <v>182</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>183</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>184</v>
+      </c>
+      <c r="H14" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>115</v>
+      </c>
+      <c r="B15" t="s">
+        <v>186</v>
+      </c>
+      <c r="C15" t="s">
+        <v>151</v>
+      </c>
+      <c r="D15" t="s">
+        <v>187</v>
+      </c>
+      <c r="E15" t="s">
+        <v>188</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>189</v>
+      </c>
+      <c r="H15" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>115</v>
+      </c>
+      <c r="B16" t="s">
+        <v>181</v>
+      </c>
+      <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" t="s">
+        <v>191</v>
+      </c>
+      <c r="E16" t="s">
+        <v>192</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>193</v>
+      </c>
+      <c r="H16" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" t="s">
+        <v>195</v>
+      </c>
+      <c r="C17" t="s">
+        <v>196</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
+        <v>197</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>198</v>
+      </c>
+      <c r="H17" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>115</v>
+      </c>
+      <c r="B18" t="s">
+        <v>200</v>
+      </c>
+      <c r="C18" t="s">
+        <v>201</v>
+      </c>
+      <c r="D18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
+        <v>202</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>203</v>
+      </c>
+      <c r="H18" t="s">
+        <v>204</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>57</v>
+        <v>205</v>
       </c>
       <c r="B2" t="s">
-        <v>58</v>
+        <v>206</v>
       </c>
       <c r="C2" t="s">
-        <v>59</v>
+        <v>207</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>60</v>
+        <v>208</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>61</v>
+        <v>209</v>
       </c>
       <c r="H2" t="s">
-        <v>62</v>
+        <v>210</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>211</v>
+      </c>
+      <c r="B2" t="s">
+        <v>212</v>
+      </c>
+      <c r="C2" t="s">
+        <v>213</v>
+      </c>
+      <c r="D2" t="s">
+        <v>214</v>
+      </c>
+      <c r="E2" t="s">
+        <v>215</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>216</v>
+      </c>
+      <c r="H2" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>211</v>
+      </c>
+      <c r="B3" t="s">
+        <v>218</v>
+      </c>
+      <c r="C3" t="s">
+        <v>219</v>
+      </c>
+      <c r="D3" t="s">
+        <v>220</v>
+      </c>
+      <c r="E3" t="s">
+        <v>221</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>222</v>
+      </c>
+      <c r="H3" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>211</v>
+      </c>
+      <c r="B4" t="s">
+        <v>224</v>
+      </c>
+      <c r="C4" t="s">
+        <v>225</v>
+      </c>
+      <c r="D4" t="s">
+        <v>226</v>
+      </c>
+      <c r="E4" t="s">
+        <v>227</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>228</v>
+      </c>
+      <c r="H4" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>211</v>
+      </c>
+      <c r="B5" t="s">
+        <v>230</v>
+      </c>
+      <c r="C5" t="s">
+        <v>231</v>
+      </c>
+      <c r="D5" t="s">
+        <v>232</v>
+      </c>
+      <c r="E5" t="s">
+        <v>233</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>234</v>
+      </c>
+      <c r="H5" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>211</v>
+      </c>
+      <c r="B6" t="s">
+        <v>236</v>
+      </c>
+      <c r="C6" t="s">
+        <v>237</v>
+      </c>
+      <c r="D6" t="s">
+        <v>238</v>
+      </c>
+      <c r="E6" t="s">
+        <v>239</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>240</v>
+      </c>
+      <c r="H6" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>211</v>
+      </c>
+      <c r="B7" t="s">
+        <v>242</v>
+      </c>
+      <c r="C7" t="s">
+        <v>243</v>
+      </c>
+      <c r="D7" t="s">
+        <v>244</v>
+      </c>
+      <c r="E7" t="s">
+        <v>245</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>246</v>
+      </c>
+      <c r="H7" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>211</v>
+      </c>
+      <c r="B8" t="s">
+        <v>248</v>
+      </c>
+      <c r="C8" t="s">
+        <v>249</v>
+      </c>
+      <c r="D8" t="s">
+        <v>250</v>
+      </c>
+      <c r="E8" t="s">
+        <v>251</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>252</v>
+      </c>
+      <c r="H8" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>211</v>
+      </c>
+      <c r="B9" t="s">
+        <v>254</v>
+      </c>
+      <c r="C9" t="s">
+        <v>255</v>
+      </c>
+      <c r="D9" t="s">
+        <v>256</v>
+      </c>
+      <c r="E9" t="s">
+        <v>257</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>258</v>
+      </c>
+      <c r="H9" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>211</v>
+      </c>
+      <c r="B10" t="s">
+        <v>260</v>
+      </c>
+      <c r="C10" t="s">
+        <v>261</v>
+      </c>
+      <c r="D10" t="s">
+        <v>262</v>
+      </c>
+      <c r="E10" t="s">
+        <v>263</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>264</v>
+      </c>
+      <c r="H10" t="s">
+        <v>265</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>267</v>
+      </c>
+      <c r="B2" t="s">
+        <v>268</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>269</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>270</v>
+      </c>
+      <c r="H2" t="s">
+        <v>271</v>
+      </c>
+      <c r="I2" t="s">
+        <v>272</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>273</v>
+      </c>
+      <c r="B2" t="s">
+        <v>274</v>
+      </c>
+      <c r="C2" t="s">
+        <v>275</v>
+      </c>
+      <c r="D2" t="s">
+        <v>276</v>
+      </c>
+      <c r="E2" t="s">
+        <v>277</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>278</v>
+      </c>
+      <c r="H2" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>273</v>
+      </c>
+      <c r="B3" t="s">
+        <v>280</v>
+      </c>
+      <c r="C3" t="s">
+        <v>281</v>
+      </c>
+      <c r="D3" t="s">
+        <v>282</v>
+      </c>
+      <c r="E3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>284</v>
+      </c>
+      <c r="H3" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>273</v>
+      </c>
+      <c r="B4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C4" t="s">
+        <v>287</v>
+      </c>
+      <c r="D4" t="s">
+        <v>288</v>
+      </c>
+      <c r="E4" t="s">
+        <v>289</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>290</v>
+      </c>
+      <c r="H4" t="s">
+        <v>291</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>292</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>294</v>
+      </c>
+      <c r="B2" t="s">
+        <v>295</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>296</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>297</v>
+      </c>
+      <c r="H2" t="s">
+        <v>298</v>
+      </c>
+      <c r="I2" t="s">
+        <v>299</v>
+      </c>
+      <c r="J2" t="s">
+        <v>300</v>
+      </c>
+      <c r="K2" t="s">
+        <v>301</v>
+      </c>
+      <c r="L2" t="s">
+        <v>302</v>
+      </c>
+      <c r="M2" t="s">
+        <v>303</v>
+      </c>
+      <c r="N2" t="s">
+        <v>304</v>
+      </c>
+      <c r="O2" t="s">
+        <v>305</v>
+      </c>
+      <c r="P2" t="s">
+        <v>306</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>294</v>
+      </c>
+      <c r="B3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>310</v>
+      </c>
+      <c r="H3" t="s">
+        <v>311</v>
+      </c>
+      <c r="I3" t="s">
+        <v>312</v>
+      </c>
+      <c r="J3" t="s">
+        <v>313</v>
+      </c>
+      <c r="K3" t="s">
+        <v>314</v>
+      </c>
+      <c r="L3" t="s">
+        <v>315</v>
+      </c>
+      <c r="M3" t="s">
+        <v>316</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>317</v>
+      </c>
+      <c r="B2" t="s">
+        <v>318</v>
+      </c>
+      <c r="C2" t="s">
+        <v>319</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>320</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>321</v>
+      </c>
+      <c r="H2" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>317</v>
+      </c>
+      <c r="B3" t="s">
+        <v>323</v>
+      </c>
+      <c r="C3" t="s">
+        <v>324</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>326</v>
+      </c>
+      <c r="H3" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>317</v>
+      </c>
+      <c r="B4" t="s">
+        <v>328</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>329</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>330</v>
+      </c>
+      <c r="H4" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>317</v>
+      </c>
+      <c r="B5" t="s">
+        <v>332</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>333</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>334</v>
+      </c>
+      <c r="H5" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>317</v>
+      </c>
+      <c r="B6" t="s">
+        <v>336</v>
+      </c>
+      <c r="C6" t="s">
+        <v>337</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>338</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>339</v>
+      </c>
+      <c r="H6" t="s">
+        <v>340</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>