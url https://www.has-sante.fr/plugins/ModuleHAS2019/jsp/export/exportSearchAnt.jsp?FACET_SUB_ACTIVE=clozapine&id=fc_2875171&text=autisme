--- v0 (2026-01-01)
+++ v1 (2026-02-16)
@@ -9,110 +9,128 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="152" uniqueCount="108">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
   </si>
   <si>
     <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
   </si>
   <si>
     <t>26/03/2018 00:00:00</t>
   </si>
   <si>
     <t>26/03/2018 05:00:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
   </si>
   <si>
     <t>c_2006477</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Syndrome catatonique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
   </si>
   <si>
     <t>p_3295009</t>
   </si>
   <si>
     <t>Schizophrénie à début précoce</t>
   </si>
@@ -365,51 +383,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -425,457 +443,483 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>36</v>
       </c>
       <c r="H6" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>38</v>
       </c>
       <c r="C7" t="s">
         <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="H7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="C8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C9" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H9" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B10" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C10" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D10" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>56</v>
       </c>
       <c r="H10" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
         <v>58</v>
       </c>
       <c r="C11" t="s">
         <v>59</v>
       </c>
       <c r="D11" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="E11" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H11" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C12" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="E12" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B13" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C13" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B14" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C14" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H14" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B15" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C15" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D15" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>81</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>82</v>
       </c>
       <c r="H15" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B16" t="s">
         <v>84</v>
       </c>
       <c r="C16" t="s">
         <v>85</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>86</v>
       </c>
       <c r="E16" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="H16" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="B17" t="s">
         <v>90</v>
       </c>
       <c r="C17" t="s">
         <v>91</v>
       </c>
       <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
         <v>92</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>93</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>95</v>
       </c>
       <c r="B18" t="s">
         <v>96</v>
       </c>
       <c r="C18" t="s">
         <v>97</v>
       </c>
       <c r="D18" t="s">
         <v>98</v>
       </c>
       <c r="E18" t="s">
         <v>99</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>100</v>
       </c>
       <c r="H18" t="s">
         <v>101</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
+        <v>104</v>
+      </c>
+      <c r="E19" t="s">
+        <v>105</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>106</v>
+      </c>
+      <c r="H19" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>