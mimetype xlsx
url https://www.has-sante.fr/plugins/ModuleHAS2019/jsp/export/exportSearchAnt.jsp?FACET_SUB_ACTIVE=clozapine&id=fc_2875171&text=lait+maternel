--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -9,149 +9,293 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="64">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>c_640052</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +309,277 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>47</v>
+      </c>
+      <c r="H8" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C9" t="s">
+        <v>50</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>62</v>
+      </c>
+      <c r="H11" t="s">
+        <v>63</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>