--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
     <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="145" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="92">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -90,50 +90,65 @@
     <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
   </si>
   <si>
     <t>r_1499094</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
   </si>
   <si>
     <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
   </si>
   <si>
     <t>08/02/2024 00:00:00</t>
   </si>
   <si>
     <t>28/02/2024 16:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
@@ -398,51 +413,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -584,322 +599,348 @@
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>43</v>
       </c>
       <c r="C7" t="s">
         <v>44</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>45</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>46</v>
       </c>
       <c r="H7" t="s">
         <v>47</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B4" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C4" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D4" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="E4" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="J1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="K1" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="B2" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="I2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="J2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="K2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="L2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="M2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="N2" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B2" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C2" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="H2" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>