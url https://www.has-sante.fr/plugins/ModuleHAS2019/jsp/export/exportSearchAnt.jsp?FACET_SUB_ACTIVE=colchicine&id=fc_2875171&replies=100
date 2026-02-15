--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,2344 +1,342 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...7 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...7 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="237">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>TAXUS EXPRESS 2</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>26/05/2004 00:00:00</t>
-[...290 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Adaptation du traitement antirétroviral en situation d’échec virologique chez l’adulte vivant avec le VIH</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>06/25/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/22/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...296 lines deleted...]
-    <t>c_1267303</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t>06/22/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="I2" t="s">
-[...70 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="B3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
         <v>28</v>
-      </c>
-[...16 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>31</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
         <v>34</v>
-      </c>
-[...1310 lines deleted...]
-        <v>236</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>