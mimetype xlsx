--- v0 (2025-10-23)
+++ v1 (2026-02-23)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -69,119 +69,101 @@
     <t/>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
   </si>
   <si>
     <t>p_3390303</t>
   </si>
   <si>
     <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
   </si>
   <si>
     <t>05/07/2018 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
   </si>
   <si>
     <t>c_2860688</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_1267303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -221,69 +203,43 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="4">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>