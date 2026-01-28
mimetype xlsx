--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Web page</t>
-[...5 lines deleted...]
-    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Productions programmées en 2025</t>
+  </si>
+  <si>
+    <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/18/2024 13:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
+    <t>18/01/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>