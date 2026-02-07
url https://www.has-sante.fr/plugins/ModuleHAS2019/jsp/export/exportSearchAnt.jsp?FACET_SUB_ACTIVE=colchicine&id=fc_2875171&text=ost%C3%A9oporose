--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -248,51 +248,51 @@
   <si>
     <t>c_1545731</t>
   </si>
   <si>
     <t>Péricardites Récidivantes</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 14:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
   </si>
   <si>
     <t>p_3777808</t>
   </si>
   <si>
     <t>Calpaïnopathies Héréditaires ou Dystrophies musculaires des ceintures  de type R1 (ex-LGMD 2A) et LGMD D4</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de calpaïnopathie. Il a été élaboré sous l’égide de la filière FILNEMUS à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>03/10/2025 13:49:00</t>
+    <t>03/02/2025 13:26:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689332/fr/calpainopathies-hereditaires-ou-dystrophies-musculaires-des-ceintures-de-type-r1-ex-lgmd-2a-et-lgmd-d4</t>
   </si>
   <si>
     <t>p_3689332</t>
   </si>
   <si>
     <t>Lithiase urinaire de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
   </si>
   <si>
     <t>p_3296532</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>