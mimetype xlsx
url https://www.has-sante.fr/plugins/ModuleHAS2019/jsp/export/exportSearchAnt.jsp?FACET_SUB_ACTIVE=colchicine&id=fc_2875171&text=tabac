--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -320,78 +320,78 @@
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
   </si>
   <si>
     <t>25/06/2014 00:00:00</t>
   </si>
   <si>
     <t>22/07/2014 15:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
     <t>Comprendre la certification pour la qualité des soins</t>
   </si>
   <si>
     <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
   </si>
   <si>
     <t>25/11/2020 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
   </si>
   <si>
     <t>c_411173</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3563407</t>
   </si>
   <si>
     <t>Productions programmées en 2025</t>
   </si>
   <si>
     <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
   </si>
   <si>
     <t>18/01/2024 13:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
     <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
   </si>
   <si>
     <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
   </si>