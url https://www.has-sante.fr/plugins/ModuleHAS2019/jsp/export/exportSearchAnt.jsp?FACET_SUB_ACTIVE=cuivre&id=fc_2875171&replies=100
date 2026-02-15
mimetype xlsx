--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,6139 +1,858 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Web page" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1190" uniqueCount="665">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="83">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>NUTRI-ENERGIE + - 17 avril 2012 (4247) avis</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>17/04/2012 00:00:00</t>
-[...341 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
-[...824 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Évaluation de la pose d’une couronne dentaire transitoire pour couronne dentoportée - Rapport d'évaluation technologique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893770/fr/evaluation-de-la-pose-d-une-couronne-dentaire-transitoire-pour-couronne-dentoportee-rapport-d-evaluation-technologique</t>
+    <t>Assessment of the placement of a provisional crown for restorations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>TThe aim was to assess the benefits of placing a provisional crown during the interval between tooth preparation and placement of the definitive crown. This assessment was conducted at the request of the National health insurance that wishes to provide coverage for these provisional crowns in the case of restorations. Provisional crown placement is a long-standing routine practice in dental surgery</t>
+  </si>
+  <si>
+    <t>02/27/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893770/en/assessment-of-the-placement-of-a-provisional-crown-for-restorations-inahta-brief</t>
   </si>
   <si>
     <t>c_2893770</t>
   </si>
   <si>
-    <t>Dosage de la vitamine C dans le sang</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Méthodes contraceptives : Focus sur les méthodes les plus efficaces disponibles</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+    <t>Evaluation of extension multi-unit prostheses (cantilever bridges) and resin-bonded multi-unit prostheses (resin-bonded bridges) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the longevity and complications of cantilever bridges and resin-bonded bridges in the treatment of single-tooth replacement, especially in comparison with standard techniques (conventional bridges, single crowns on implant), with a view to its reimbursement by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>04/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/en/evaluation-of-extension-multi-unit-prostheses-cantilever-bridges-and-resin-bonded-multi-unit-prostheses-resin-bonded-bridges-inahta-brief</t>
   </si>
   <si>
     <t>c_2060963</t>
   </si>
   <si>
-    <t>Évaluation des prothèses externes de membre supérieur</t>
-[...269 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t>30/04/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>04/30/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
+  </si>
+  <si>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Work programme HAS</t>
+  </si>
+  <si>
+    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
+  </si>
+  <si>
+    <t>01/18/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
   </si>
   <si>
     <t>c_1267303</t>
-  </si>
-[...157 lines deleted...]
-    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J19"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
-[...30 lines deleted...]
-      <c r="H6" t="s">
         <v>40</v>
       </c>
-      <c r="I6" t="s">
-[...420 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D2" t="s">
+        <v>44</v>
+      </c>
+      <c r="E2" t="s">
+        <v>45</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>46</v>
+      </c>
+      <c r="H2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>41</v>
+      </c>
+      <c r="B3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D3" t="s">
+        <v>50</v>
+      </c>
+      <c r="E3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D4" t="s">
+        <v>56</v>
+      </c>
+      <c r="E4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>58</v>
+      </c>
+      <c r="H4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>41</v>
+      </c>
+      <c r="B5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E5" t="s">
+        <v>63</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>64</v>
+      </c>
+      <c r="H5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>66</v>
+      </c>
+      <c r="J1" t="s">
+        <v>67</v>
+      </c>
+      <c r="K1" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>69</v>
+      </c>
+      <c r="B2" t="s">
+        <v>70</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H2" t="s">
+        <v>73</v>
+      </c>
+      <c r="I2" t="s">
+        <v>74</v>
+      </c>
+      <c r="J2" t="s">
+        <v>75</v>
+      </c>
+      <c r="K2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>565</v>
+        <v>77</v>
       </c>
       <c r="B2" t="s">
-        <v>566</v>
+        <v>78</v>
       </c>
       <c r="C2" t="s">
-        <v>567</v>
+        <v>79</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>568</v>
+        <v>80</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>569</v>
+        <v>81</v>
       </c>
       <c r="H2" t="s">
-        <v>570</v>
-[...3329 lines deleted...]
-        <v>564</v>
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>