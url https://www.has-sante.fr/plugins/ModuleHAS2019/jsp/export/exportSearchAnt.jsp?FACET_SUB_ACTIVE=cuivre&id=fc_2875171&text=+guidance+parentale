--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,246 +9,1661 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="296" uniqueCount="200">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez la femme : dépistage et accompagnement</t>
+  </si>
+  <si>
+    <t>Décrire les problématiques spécifiques aux femmes en surpoids ou en obésité et proposer des adaptations pour les soins et l’accompagnement en complément des recommandations publiées par la HAS sur le thème.</t>
+  </si>
+  <si>
+    <t>20/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591257/fr/surpoids-et-obesite-chez-la-femme-depistage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>p_3591257</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Cystinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
+  </si>
+  <si>
+    <t>c_2867367</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Paraparésies spastiques héréditaires pures</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSH pure. Il a été élaboré par le Centre de référence Neurogénétique et maladies génétiques rares du système nerveux à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542903/fr/paraparesies-spastiques-hereditaires-pures</t>
+  </si>
+  <si>
+    <t>p_3542903</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Prise en charge de la grossesse chez les patientes avec une cardiopathie congénitale complexe</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patientes avec une cardiopathie congénitale complexe en pré-conceptionnel et au cours de sa grossesse. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C).Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297986/fr/prise-en-charge-de-la-grossesse-chez-les-patientes-avec-une-cardiopathie-congenitale-complexe</t>
+  </si>
+  <si>
+    <t>p_3297986</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : prescription et délivrance à l’avance</t>
+  </si>
+  <si>
+    <t>La contraception d’urgence désigne une contraception de « rattrapage », utilisable par les femmes en situation d’urgence dans les 3 à 5 jours (selon le type de contraception d’urgence) qui suivent un rapport sexuel non ou mal protégé pour éviter une grossesse non prévue.</t>
+  </si>
+  <si>
+    <t>24/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543129/fr/contraception-d-urgence-prescription-et-delivrance-a-l-avance</t>
+  </si>
+  <si>
+    <t>c_1543129</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant un canal atrioventriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un canal atrioventriculaire (CAV). Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3319066/fr/prise-en-charge-des-patients-ayant-un-canal-atrioventriculaire</t>
+  </si>
+  <si>
+    <t>p_3319066</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses externes de membre supérieur</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les prothèses externes de membre supérieur inscrites sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement au regard de leur intérêt ; définir les indications et les situations cliniques d’utilisation des prothèses externes de membre supérieur ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les spécifications techniques auxquelles doivent répondre les prothèses externes de membre supérieur inscrites sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2010 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_999782/fr/evaluation-des-protheses-externes-de-membre-superieur</t>
+  </si>
+  <si>
+    <t>c_999782</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée</t>
+  </si>
+  <si>
+    <t>Le document de synthèse intitulé « État des lieux des pratiques contraceptives et des freins à l’accès et au choix d’une contraception adaptée », à destination principale du décideur public, a pour objectif d’identifier des leviers d’action afin de faciliter l’accès et le choix d’une contraception adaptée. Il s’adresse également aux professionnels de santé et au grand public.</t>
+  </si>
+  <si>
+    <t>15/05/2013 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545927/fr/etat-des-lieux-des-pratiques-contraceptives-et-des-freins-a-l-acces-et-au-choix-d-une-contraception-adaptee</t>
+  </si>
+  <si>
+    <t>c_1545927</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H37"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="B4" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D7" t="s">
+        <v>39</v>
+      </c>
+      <c r="E7" t="s">
+        <v>40</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>41</v>
+      </c>
+      <c r="H7" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" t="s">
+        <v>44</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>45</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>46</v>
+      </c>
+      <c r="H8" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C9" t="s">
+        <v>49</v>
+      </c>
+      <c r="D9" t="s">
+        <v>50</v>
+      </c>
+      <c r="E9" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>52</v>
+      </c>
+      <c r="H9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>54</v>
+      </c>
+      <c r="C10" t="s">
+        <v>55</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>56</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>20</v>
+      </c>
+      <c r="B11" t="s">
+        <v>59</v>
+      </c>
+      <c r="C11" t="s">
+        <v>60</v>
+      </c>
+      <c r="D11" t="s">
+        <v>61</v>
+      </c>
+      <c r="E11" t="s">
+        <v>62</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>63</v>
+      </c>
+      <c r="H11" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>65</v>
+      </c>
+      <c r="C12" t="s">
+        <v>66</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>67</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>68</v>
+      </c>
+      <c r="H12" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" t="s">
+        <v>72</v>
+      </c>
+      <c r="E13" t="s">
+        <v>73</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>74</v>
+      </c>
+      <c r="H13" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>76</v>
+      </c>
+      <c r="C14" t="s">
+        <v>77</v>
+      </c>
+      <c r="D14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H14" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>85</v>
+      </c>
+      <c r="H15" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>90</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>67</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>94</v>
+      </c>
+      <c r="H17" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>20</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>98</v>
+      </c>
+      <c r="E18" t="s">
+        <v>99</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H18" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" t="s">
+        <v>98</v>
+      </c>
+      <c r="E19" t="s">
+        <v>99</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>103</v>
+      </c>
+      <c r="H19" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>20</v>
+      </c>
+      <c r="B20" t="s">
+        <v>105</v>
+      </c>
+      <c r="C20" t="s">
+        <v>97</v>
+      </c>
+      <c r="D20" t="s">
+        <v>98</v>
+      </c>
+      <c r="E20" t="s">
+        <v>99</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>106</v>
+      </c>
+      <c r="H20" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>108</v>
+      </c>
+      <c r="C21" t="s">
+        <v>109</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>110</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>111</v>
+      </c>
+      <c r="H21" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>115</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>116</v>
+      </c>
+      <c r="H22" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>118</v>
+      </c>
+      <c r="C23" t="s">
+        <v>119</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>120</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>121</v>
+      </c>
+      <c r="H23" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>123</v>
+      </c>
+      <c r="C24" t="s">
+        <v>124</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>125</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>126</v>
+      </c>
+      <c r="H24" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>128</v>
+      </c>
+      <c r="C25" t="s">
+        <v>129</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>130</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>131</v>
+      </c>
+      <c r="H25" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>133</v>
+      </c>
+      <c r="C26" t="s">
+        <v>134</v>
+      </c>
+      <c r="D26" t="s">
+        <v>135</v>
+      </c>
+      <c r="E26" t="s">
+        <v>136</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>137</v>
+      </c>
+      <c r="H26" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>20</v>
+      </c>
+      <c r="B27" t="s">
+        <v>139</v>
+      </c>
+      <c r="C27" t="s">
+        <v>140</v>
+      </c>
+      <c r="D27" t="s">
+        <v>135</v>
+      </c>
+      <c r="E27" t="s">
+        <v>141</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>142</v>
+      </c>
+      <c r="H27" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" t="s">
+        <v>144</v>
+      </c>
+      <c r="C28" t="s">
+        <v>145</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>146</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>147</v>
+      </c>
+      <c r="H28" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" t="s">
+        <v>149</v>
+      </c>
+      <c r="C29" t="s">
+        <v>150</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>151</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>152</v>
+      </c>
+      <c r="H29" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B30" t="s">
+        <v>154</v>
+      </c>
+      <c r="C30" t="s">
+        <v>155</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>156</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>157</v>
+      </c>
+      <c r="H30" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>8</v>
+      </c>
+      <c r="B31" t="s">
+        <v>159</v>
+      </c>
+      <c r="C31" t="s">
+        <v>160</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>161</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>162</v>
+      </c>
+      <c r="H31" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>164</v>
+      </c>
+      <c r="B32" t="s">
+        <v>165</v>
+      </c>
+      <c r="C32" t="s">
+        <v>166</v>
+      </c>
+      <c r="D32" t="s">
+        <v>167</v>
+      </c>
+      <c r="E32" t="s">
+        <v>168</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>169</v>
+      </c>
+      <c r="H32" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B33" t="s">
+        <v>171</v>
+      </c>
+      <c r="C33" t="s">
+        <v>172</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>173</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>174</v>
+      </c>
+      <c r="H33" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" t="s">
+        <v>176</v>
+      </c>
+      <c r="C34" t="s">
+        <v>177</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>178</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>179</v>
+      </c>
+      <c r="H34" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>181</v>
+      </c>
+      <c r="B35" t="s">
+        <v>182</v>
+      </c>
+      <c r="C35" t="s">
+        <v>183</v>
+      </c>
+      <c r="D35" t="s">
+        <v>184</v>
+      </c>
+      <c r="E35" t="s">
+        <v>185</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>186</v>
+      </c>
+      <c r="H35" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>181</v>
+      </c>
+      <c r="B36" t="s">
+        <v>188</v>
+      </c>
+      <c r="C36" t="s">
+        <v>189</v>
+      </c>
+      <c r="D36" t="s">
+        <v>190</v>
+      </c>
+      <c r="E36" t="s">
+        <v>191</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>192</v>
+      </c>
+      <c r="H36" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>194</v>
+      </c>
+      <c r="B37" t="s">
+        <v>195</v>
+      </c>
+      <c r="C37" t="s">
+        <v>196</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>197</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>198</v>
+      </c>
+      <c r="H37" t="s">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>