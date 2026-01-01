--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -1,454 +1,154 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Work programme HAS</t>
+  </si>
+  <si>
+    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>04/11/2021 12:50:00</t>
-[...275 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
+    <t>01/18/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
   </si>
   <si>
     <t>c_1267303</t>
-  </si>
-[...13 lines deleted...]
-    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -462,651 +162,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3">
-[...606 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>