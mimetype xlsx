--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -1,154 +1,469 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Études et Rapports" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="116">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Web page</t>
-[...5 lines deleted...]
-    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/18/2024 13:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Neurodégénérescences avec accumulation intracérébrale de fer (Neurodegeneration with Brain Iron Accumulation ou NBIA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neurodégénérescence avec accumulation intracérébrale de fer. Il a été élaboré par le Centre de Référence de Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/04/2022 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332411/fr/neurodegenerescences-avec-accumulation-intracerebrale-de-fer-neurodegeneration-with-brain-iron-accumulation-ou-nbia</t>
+  </si>
+  <si>
+    <t>p_3332411</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 25 avril 2024</t>
+  </si>
+  <si>
+    <t>13/06/2024 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523591/fr/college-deliberatif-du-25-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3523591</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Productions programmées en 2026</t>
+  </si>
+  <si>
+    <t>Le document « Productions programmées en 2026 » de la HAS recense les productions prévues pour l'année 2026, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
+  </si>
+  <si>
+    <t>18/01/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2026</t>
   </si>
   <si>
     <t>c_1267303</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +477,677 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>52</v>
+      </c>
+      <c r="C10" t="s">
+        <v>53</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>54</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>55</v>
+      </c>
+      <c r="H10" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>59</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>60</v>
+      </c>
+      <c r="H11" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>62</v>
+      </c>
+      <c r="C12" t="s">
+        <v>63</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>65</v>
+      </c>
+      <c r="H12" t="s">
+        <v>66</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D2" t="s">
+        <v>70</v>
+      </c>
+      <c r="E2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>67</v>
+      </c>
+      <c r="B3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D3" t="s">
+        <v>76</v>
+      </c>
+      <c r="E3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>78</v>
+      </c>
+      <c r="H3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>67</v>
+      </c>
+      <c r="B4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C4" t="s">
+        <v>81</v>
+      </c>
+      <c r="D4" t="s">
+        <v>82</v>
+      </c>
+      <c r="E4" t="s">
+        <v>83</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>84</v>
+      </c>
+      <c r="H4" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>67</v>
+      </c>
+      <c r="B5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D5" t="s">
+        <v>88</v>
+      </c>
+      <c r="E5" t="s">
+        <v>89</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>90</v>
+      </c>
+      <c r="H5" t="s">
+        <v>91</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>95</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>96</v>
+      </c>
+      <c r="H2" t="s">
+        <v>97</v>
+      </c>
+      <c r="I2" t="s">
+        <v>98</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>103</v>
+      </c>
+      <c r="H2" t="s">
+        <v>104</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>109</v>
+      </c>
+      <c r="H2" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C3" t="s">
+        <v>112</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>114</v>
+      </c>
+      <c r="H3" t="s">
+        <v>115</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>