--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -9,86 +9,104 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Productions programmées en 2025</t>
   </si>
   <si>
     <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>18/01/2024 13:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
@@ -104,51 +122,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +180,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>