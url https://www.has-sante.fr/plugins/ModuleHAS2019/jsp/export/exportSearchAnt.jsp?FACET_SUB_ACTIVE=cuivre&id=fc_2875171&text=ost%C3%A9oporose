--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="438" uniqueCount="255">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -351,50 +351,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
   </si>
   <si>
     <t>p_3291664</t>
   </si>
   <si>
     <t>Syndrome du grêle court chez l’adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/10/2021 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Maladie de Wilson</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Wilson. Il a été élaboré par le Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/12/2021 15:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_640052/fr/maladie-de-wilson</t>
   </si>
   <si>
     <t>c_640052</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
   </si>
   <si>
     <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
   </si>
@@ -827,51 +842,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1377,979 +1392,1005 @@
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>108</v>
       </c>
       <c r="C21" t="s">
         <v>109</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>110</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>111</v>
       </c>
       <c r="H21" t="s">
         <v>112</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>113</v>
+      </c>
+      <c r="C22" t="s">
+        <v>114</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>115</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>116</v>
+      </c>
+      <c r="H22" t="s">
+        <v>117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B2" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C2" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="D2" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="E2" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="H2" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B3" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="C3" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="D3" t="s">
         <v>89</v>
       </c>
       <c r="E3" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H3" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B4" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="C4" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="D4" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="E4" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="H4" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B5" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C5" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="D5" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="E5" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="H5" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B6" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C6" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="D6" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E6" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="H6" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B7" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C7" t="s">
+        <v>149</v>
+      </c>
+      <c r="D7" t="s">
         <v>144</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H7" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B8" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C8" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D8" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E8" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H8" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B9" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C9" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D9" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E9" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="H9" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B10" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C10" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D10" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E10" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="H10" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B11" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="C11" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D11" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E11" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="H11" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B12" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="C12" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="D12" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E12" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="H12" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B13" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C13" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="D13" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E13" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="H13" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B14" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C14" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="D14" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E14" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="H14" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B15" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C15" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D15" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E15" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="H15" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B16" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C16" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D16" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="E16" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="H16" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B17" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C17" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D17" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="E17" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="H17" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B18" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="C18" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="D18" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="E18" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="H18" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B19" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="C19" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D19" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="E19" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="H19" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="B20" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="C20" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="D20" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="E20" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="H20" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B2" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C2" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="H2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="B3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="C3" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="H3" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B2" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="C2" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="D2" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="E2" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="H2" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="B3" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="C3" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="D3" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="E3" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="H3" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="B2" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="C2" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="H2" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="J1" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="K1" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="B2" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="H2" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="I2" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="J2" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="K2" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B2" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="H2" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>