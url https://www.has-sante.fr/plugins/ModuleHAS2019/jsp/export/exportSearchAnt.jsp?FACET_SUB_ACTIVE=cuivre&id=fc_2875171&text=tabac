--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -36,51 +36,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="543" uniqueCount="311">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="559" uniqueCount="321">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -590,75 +590,105 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3375791</t>
   </si>
   <si>
     <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/12/2018 15:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
   </si>
   <si>
     <t>c_2889689</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
-[...2 lines deleted...]
-    <t>19/09/2017 16:31:00</t>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
   <si>
     <t>Glycogénose de type I</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>13/12/2022 11:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
   </si>
   <si>
     <t>p_3385268</t>
   </si>
   <si>
     <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/02/2022 09:23:00</t>
   </si>
@@ -1131,150 +1161,150 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="B2" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="H2" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="B3" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="C3" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="H3" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="B4" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="C4" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="H4" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
       <c r="B5" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="C5" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="H5" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1945,51 +1975,51 @@
       </c>
       <c r="D24" t="s">
         <v>137</v>
       </c>
       <c r="E24" t="s">
         <v>138</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
         <v>139</v>
       </c>
       <c r="H24" t="s">
         <v>140</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2378,579 +2408,631 @@
       </c>
       <c r="E16" t="s">
         <v>215</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
         <v>216</v>
       </c>
       <c r="H16" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>141</v>
       </c>
       <c r="B17" t="s">
         <v>218</v>
       </c>
       <c r="C17" t="s">
         <v>219</v>
       </c>
       <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
         <v>220</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
         <v>221</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>141</v>
       </c>
       <c r="B18" t="s">
+        <v>223</v>
+      </c>
+      <c r="C18" t="s">
         <v>224</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>225</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
         <v>226</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>141</v>
       </c>
       <c r="B19" t="s">
+        <v>228</v>
+      </c>
+      <c r="C19" t="s">
         <v>229</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>230</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>231</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>232</v>
       </c>
       <c r="H19" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>141</v>
       </c>
       <c r="B20" t="s">
         <v>234</v>
       </c>
       <c r="C20" t="s">
         <v>235</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
         <v>236</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>237</v>
       </c>
       <c r="H20" t="s">
         <v>238</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>141</v>
+      </c>
+      <c r="B21" t="s">
+        <v>239</v>
+      </c>
+      <c r="C21" t="s">
+        <v>240</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>241</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>242</v>
+      </c>
+      <c r="H21" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>141</v>
+      </c>
+      <c r="B22" t="s">
+        <v>244</v>
+      </c>
+      <c r="C22" t="s">
+        <v>245</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>246</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>247</v>
+      </c>
+      <c r="H22" t="s">
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="B2" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
       <c r="C2" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="H2" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="B3" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="C3" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="H3" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="B4" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
       <c r="C4" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="H4" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="B2" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="C2" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="D2" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="E2" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="H2" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="B3" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="C3" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="D3" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="E3" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="H3" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="B2" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="H2" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="I2" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="B3" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="H3" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="I3" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="B2" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="C2" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="D2" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
       <c r="E2" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="H2" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
       <c r="B2" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="C2" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="H2" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>