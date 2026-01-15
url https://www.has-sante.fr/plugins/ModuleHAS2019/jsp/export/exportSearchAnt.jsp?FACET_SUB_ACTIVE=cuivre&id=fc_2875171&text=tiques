--- v0 (2025-11-25)
+++ v1 (2026-01-15)
@@ -9,119 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
   </si>
   <si>
     <t>p_3562508</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
   </si>
   <si>
     <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
   </si>
   <si>
     <t>07/12/2023 17:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
   </si>
   <si>
     <t>p_3477948</t>
-  </si>
-[...1 lines deleted...]
-    <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Maladie de Willebrand type 3</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/01/2022 09:58:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
   </si>
   <si>
     <t>p_3309665</t>
   </si>
   <si>
     <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
   </si>
   <si>
     <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
   </si>
   <si>
     <t>01/05/2002 00:00:00</t>
   </si>
@@ -200,51 +215,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -312,119 +327,145 @@
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
         <v>29</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
         <v>34</v>
       </c>
-      <c r="B6" t="s">
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="B7" t="s">
+      <c r="D7" t="s">
         <v>42</v>
       </c>
-      <c r="C7" t="s">
+      <c r="E7" t="s">
         <v>43</v>
       </c>
-      <c r="D7" t="s">
-[...2 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>44</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>45</v>
       </c>
-      <c r="H7" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
         <v>46</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>50</v>
+      </c>
+      <c r="H8" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>