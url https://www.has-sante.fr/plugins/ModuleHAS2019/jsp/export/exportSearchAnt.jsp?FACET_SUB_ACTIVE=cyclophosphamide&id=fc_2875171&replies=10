--- v1 (2026-02-15)
+++ v2 (2026-03-20)
@@ -1,477 +1,6832 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1317" uniqueCount="769">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>EPISIL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>15/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902360/fr/episil</t>
+  </si>
+  <si>
+    <t>c_2902360</t>
+  </si>
+  <si>
+    <t>solution orale</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>CAPHOSOL - CNEDiMTS du 06 avril 2010 (2378)</t>
+  </si>
+  <si>
+    <t>Solution électrolytique pour bain de bouche Oncologie – Nouveau dispositif Avis défavorable au remboursement dans la prévention et le traitement de la mucite secondaire à une radiothérapie ou à une chimiothérapie à haute dose</t>
+  </si>
+  <si>
+    <t>06/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2010 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939357/fr/caphosol-cnedimts-du-06-avril-2010-2378</t>
+  </si>
+  <si>
+    <t>c_939357</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+  </si>
+  <si>
+    <t>p_3498915</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2016 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
+  </si>
+  <si>
+    <t>c_2635050</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
+  </si>
+  <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Syndrome d’Alport</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SA. Il a été élaboré par le Centre de Référence MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2025 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689000/fr/syndrome-d-alport</t>
+  </si>
+  <si>
+    <t>p_3689000</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Déficits immunitaires héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de déficits immunitaires primitifs ou héréditaires. Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2023 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431473/fr/deficits-immunitaires-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3431473</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Amylose cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint atteint d’une amylose cardiaque. Il a été élaboré par le Centre de référence Amyloses Cardiaquesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306904/fr/amylose-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3306904</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Insuffisance Ovarienne Prématurée (IOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/05/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
+  </si>
+  <si>
+    <t>p_3264990</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Amylose AA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amylose AA. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2020 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187210/fr/amylose-aa</t>
+  </si>
+  <si>
+    <t>p_3187210</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Hypertension artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'hypertension artérielle pulmonaire (groupe 1 de la classification). Il a été élaboré par le centre de référence de l'hypertension artérielle, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167172/fr/hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3167172</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_881776</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Transfusion de plasma thérapeutique : produits, indications</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les indications cliniques du plasma thérapeutique, ainsi que les situations dans lesquelles son utilisation n’est pas recommandée.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2012 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications</t>
+  </si>
+  <si>
+    <t>c_1264081</t>
+  </si>
+  <si>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Patient selection criteria for at-home cancer chemotherapy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
+    <t>La sclérose en plaques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>29/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_272001</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation 2023 : utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce</t>
+  </si>
+  <si>
+    <t>Ce travail est une actualisation du précédent rapport d’évaluation de 2019 portant sur l’utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce. Ces tests sont revendiqués comme étant pronostiques et/ou prédictifs de l’efficacité de la chimiothérapie adjuvante (CTA). Dans les deux cas, ils permettraient de sursoir à une CTA inutile en cas de score génomique favorable</t>
+  </si>
+  <si>
+    <t>19/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/fr/actualisation-2023-utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-rh-/her2-de-stade-precoce</t>
   </si>
   <si>
     <t>p_3471037</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
+  </si>
+  <si>
+    <t>L’analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») est une technique de cytogénétique moléculaire qui permet de détecter des variations quantitatives du génome (pertes ou gains de matériel chromosomique) avec une résolution très supérieure à celle du caryotype conventionnel. Objectif de l'évaluation : déterminer à quelles fins l’ACPA est utilisée en pratique courante en cancérologie et la place de l’ACPA au regard des techniques plus classiquement utilisées dans ces situations cliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2019 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066998/fr/evaluation-de-l-analyse-chromosomique-sur-puce-a-adn-acpa-en-cancerologie</t>
+  </si>
+  <si>
+    <t>p_3066998</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
+    <t>Évaluation du dosage sérique de l’hormone anti-müllérienne</t>
+  </si>
+  <si>
+    <t>Évaluation des performances pré-analytiques, analytiques et diagnostiques ou pronostiques ainsi que de la pertinence de l’acte de dosage sérique de l’hormone anti-müllérienne en vue de son inscription à la Nomenclature des actes de biologie médicale</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/fr/evaluation-du-dosage-serique-de-l-hormone-anti-mullerienne</t>
   </si>
   <si>
     <t>c_2749006</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 octobre 2025</t>
+  </si>
+  <si>
+    <t>15/10/2025 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700259/fr/commission-de-la-transparence-reunion-du-22-octobre-2025</t>
+  </si>
+  <si>
+    <t>p_3700259</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2024</t>
+  </si>
+  <si>
+    <t>05/06/2024 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520457/fr/commission-de-la-transparence-reunion-du-12-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3520457</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 9 mars 2023</t>
+  </si>
+  <si>
+    <t>24/05/2023 10:55:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443228/fr/college-deliberatif-du-9-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443228</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2023</t>
+  </si>
+  <si>
+    <t>03/03/2023 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418537/fr/commission-de-la-transparence-reunion-du-8-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3418537</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 Novembre 2022</t>
+  </si>
+  <si>
+    <t>16/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385960/fr/commission-de-la-transparence-reunion-du-23-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3385960</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 Septembre 2022</t>
+  </si>
+  <si>
+    <t>20/09/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367227/fr/commission-de-la-transparence-reunion-du-21-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3367227</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 9 mars 2022</t>
+  </si>
+  <si>
+    <t>03/03/2022 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321414/fr/commission-de-la-transparence-reunion-du-9-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3321414</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 16 février 2022</t>
+  </si>
+  <si>
+    <t>08/02/2022 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3315369</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 5 janvier 2022</t>
+  </si>
+  <si>
+    <t>03/01/2022 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307312/fr/commission-de-la-transparence-reunion-du-5-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3307312</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 15 décembre 2021</t>
+  </si>
+  <si>
+    <t>08/12/2021 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303778/fr/commission-de-la-transparence-reunion-a-distance-du-15-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3303778</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 décembre 2021</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302848/fr/commission-de-la-transparence-reunion-a-distance-du-8-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3302848</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 13 octobre 2021</t>
+  </si>
+  <si>
+    <t>07/10/2021 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291154/fr/commission-de-la-transparence-reunion-a-distance-du-13-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3291154</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 3 août 2021</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280337/fr/commission-de-la-transparence-reunion-a-distance-du-3-aout-2021</t>
+  </si>
+  <si>
+    <t>p_3280337</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 20 janvier 2021</t>
+  </si>
+  <si>
+    <t>14/01/2021 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231150/fr/commission-de-la-transparence-reunion-a-distance-du-20-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3231150</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 juillet 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076426/fr/college-deliberatif-du-4-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3076426</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888407/fr/commission-de-la-transparence-reunion-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2888407</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 novembre 2018</t>
+  </si>
+  <si>
+    <t>05/11/2018 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881581/fr/college-deliberatif-du-7-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2881581</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2018</t>
+  </si>
+  <si>
+    <t>13/06/2018 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855918/fr/commission-de-la-transparence-reunion-du-20-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2855918</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 février 2018</t>
+  </si>
+  <si>
+    <t>14/02/2018 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2828193/fr/commission-de-la-transparence-reunion-du-21-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2828193</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 janvier 2018</t>
+  </si>
+  <si>
+    <t>02/01/2018 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817776/fr/commission-de-la-transparence-reunion-du-10-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2817776</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 juin 2016</t>
+  </si>
+  <si>
+    <t>23/06/2016 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640876/fr/commission-de-la-transparence-reunion-du-29-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2640876</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>01/06/2016 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635082/fr/commission-de-la-transparence-reunion-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635082</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 janvier 2016</t>
+  </si>
+  <si>
+    <t>28/12/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585312/fr/commission-de-la-transparence-reunion-du-6-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2585312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2015</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009376/fr/commission-de-la-transparence-reunion-du-4-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2009376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 janvier 2015</t>
+  </si>
+  <si>
+    <t>20/01/2015 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006292/fr/commission-de-la-transparence-reunion-du-21-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2006292</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2014</t>
+  </si>
+  <si>
+    <t>12/09/2014 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1762046/fr/commission-de-la-transparence-reunion-du-17-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1762046</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mars 2014</t>
+  </si>
+  <si>
+    <t>14/03/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728868/fr/commission-de-la-transparence-reunion-du-19-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1728868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2011</t>
+  </si>
+  <si>
+    <t>11/05/2011 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1052758/fr/commission-de-la-transparence-reunion-du-11-mai-2011</t>
+  </si>
+  <si>
+    <t>c_1052758</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 décembre 2010</t>
+  </si>
+  <si>
+    <t>15/12/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1008224/fr/commission-de-la-transparence-reunion-du-15-decembre-2010</t>
+  </si>
+  <si>
+    <t>c_1008224</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2008</t>
+  </si>
+  <si>
+    <t>17/09/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_692477/fr/commission-de-la-transparence-reunion-du-17-septembre-2008</t>
+  </si>
+  <si>
+    <t>c_692477</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0270/DC/SEM du 20 novembre 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité IMBRUVICA (ibrutinib)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité IMBRUVICA (ibrutinib) dans l'indication « en association au rituximab, au cyclophosphamide, à la doxorubicine, à la vincristine et à la prednisolone (IMBRUVICA + R-CHOP) en alternance avec R-DHAP (ou R-DHAOx) sans IMBRUVICA, suivi d’IMBRUVICA en monothérapie, est indiqué pour le traitement des patients adultes atteints d’un lymphome à cellules du manteau (LCM) non précédemment traité et qui seraient éligibles à une autogreffe de cellules souches (AGCS) ».</t>
+  </si>
+  <si>
+    <t>20/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762614/fr/decision-n-2025-0270/dc/sem-du-20-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>p_3762614</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0089/DC/SEM du 9 mars 2023 du collège de la Haute Autorité de santé portant renouvellement de l’autorisation d’accès précoce de la spécialité TAVNEOS</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce renouvelée à la spécialité TAVNEOS (avacopan) dans l'indication « En association au rituximab ou au cyclophosphamide, pour le traitement des patients adultes atteints de granulomatose avec polyangéite (GPA) ou de polyangéite microscopique (PAM) et ayant une contre-indication formelle aux fortes doses de glucocorticoïdes ».</t>
+  </si>
+  <si>
+    <t>09/03/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>17/03/2023 09:00:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421378/fr/decision-n2023-0089/dc/sem-du-9-mars-2023-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-tavneos</t>
+  </si>
+  <si>
+    <t>p_3421378</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0087/DC/SEM du 17 mars 2022 du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité EVUSHELD</t>
+  </si>
+  <si>
+    <t>Modification de l'Autorisation d'accès précoce octroyée à la spécialité EVUSHELD.</t>
+  </si>
+  <si>
+    <t>17/03/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>18/03/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344270/fr/decision-n-2022-0087/dc/sem-du-17-mars-2022-du-college-de-la-haute-autorite-de-sante-portant-modification-de-l-autorisation-d-acces-precoce-de-la-specialite-evusheld</t>
+  </si>
+  <si>
+    <t>p_3344270</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0067/DC/SEM du 17 février 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité TAVNEOS</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité TAVNEOS (avacopan) dans l'indication « En association au rituximab ou au cyclophosphamide, pour le traitement des patients adultes atteints de granulomatose avec polyangéite (GPA) ou de polyangéite microscopique (PAM) et ayant une contre-indication formelle aux fortes doses de glucocorticoïdes ».</t>
+  </si>
+  <si>
+    <t>17/02/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>22/02/2022 16:14:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318745/fr/decision-n-2022-0067/dc/sem-du-17-fevrier-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-tavneos</t>
+  </si>
+  <si>
+    <t>p_3318745</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0312/DC/SEM du 9 décembre 2021 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité EVUSHELD (tixagévimab/cilgavimab)</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament EVUSHELD, dans l'indication « prophylaxie pré-exposition de la COVID-19 chez les patients adultes de 18 ans et plus : Insuffisamment ou non répondeurs après un schéma vaccinal complet conformément aux recommandations en vigueur et appartenant à l’un des sous-groupes à très haut risque de forme sévère de COVID-19 tels que définis par l’ANRS-MIE (patients ayant reçu une greffe d’organe solide, patients atteints d’hémopathie lymphoïde, patients recevant un traitement par anticorps anti-CD20…) OU non éligibles à la vaccination et qui sont à haut risque de forme sévère de COVID-19».</t>
+  </si>
+  <si>
+    <t>09/12/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>10/12/2021 17:42:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3304078/fr/decision-n-2021-0312/dc/sem-du-9-decembre-2021-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-evusheld-tixagevimab/cilgavimab</t>
+  </si>
+  <si>
+    <t>p_3304078</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0262/DC/SEM du 7 octobre 2021 du collège de la Haute Autorité de santé constatant l’impact significatif du produit DARZALEX (daratumumab) 1800 mg sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 7 octobre 2021 a constaté l'impact significatif du produit DARZALEX (daratumumab) 1800 mg sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « en association avec le cyclophosphamide, le bortézomib et la dexaméthasone pour le traitement des patients adultes atteints d’amylose systémique à chaînes légères (AL) nouvellement diagnostiquée ».</t>
+  </si>
+  <si>
+    <t>07/10/2021 10:40:00</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292242/fr/decision-n-2021-0262/dc/sem-du-7-octobre-2021-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-darzalex-daratumumab-1800-mg-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3292242</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0058/AC/SEAP du 4 août 2021 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du CSS, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2 (indications de prophylaxie post et pré-exposition à la COVID-19 – personnes immunodéprimées)</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a rendu une décision d’autorisation d’accès précoce de la spécialité RONAPREV (casirivimab/imdevimab) dans le cadre de traitements prophylactiques. Le recours à cette spécialité nécessite la réalisation préalable d’un test sérologique chez les patients candidats à ces traitements afin d’identifier les patients non répondeurs ou faiblement répondeurs à la vaccination. En conséquence, compte tenu de ces éléments, la Haute Autorité de santé est favorable à l’inscription de la détection des anticorps sériques dirigés contre le virus SARS-CoV-2 sur la liste des actes et prestations (service attendu suffisant et amélioration du service attendu de niveau V) dans les indications susmentionnées.</t>
+  </si>
+  <si>
+    <t>04/08/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>08/08/2021 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282209/fr/avis-n-2021-0058/ac/seap-du-4-aout-2021-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2-indications-de-prophylaxie-post-et-pre-exposition-a-la-covid-19-personnes-immunodeprimees</t>
+  </si>
+  <si>
+    <t>p_3282209</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0206/DC/SEM du 4 août 2021 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité RONAPREVE</t>
+  </si>
+  <si>
+    <t>La demande d’accès précoce susvisée concerne le médicament RONAPREVE (casirivimab/imdevimab) 120 mg/mL, solution à diluer pour perfusion intraveineuse ou solution pour injection sous-cutanée, dans l'indication « en prophylaxie pré-exposition de l’infection à SARS-CoV-2 chez les sujets adultes et les enfants âgés de 12 ans et plus et pesant au moins 40 kg, à haut risque d’être exposés au virus, non vaccinés ou ayant une condition médicale (pathologie ou traitement) rendant improbable une réponse à la protection vaccinale et étant à risque élevé d'évolution vers une forme grave de la COVID-19 ».</t>
+  </si>
+  <si>
+    <t>04/08/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>06/08/2021 10:24:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281964/fr/decision-n-2021-0206/dc/sem-du-4-aout-2021-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ronapreve</t>
+  </si>
+  <si>
+    <t>p_3281964</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0207/DC/SEM du 4 août 2021 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité RONAPREVE</t>
+  </si>
+  <si>
+    <t>La demande d’accès précoce susvisée concerne le médicament RONAPREVE (casirivimab/imdevimab) 120 mg/mL, solution à diluer pour perfusion intraveineuse ou solution pour injection sous-cutanée, dans l'indication « en prophylaxie post-exposition de l'infection au SARS-CoV-2 chez les sujets adultes et les enfants âgés de 12 ans et plus et pesant au moins 40 kg à risque élevé d’évolution vers une forme grave de la maladie, non vaccinés ou ayant une condition médicale (pathologie ou traitement) rendant improbable une réponse à la protection vaccinale ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281980/fr/decision-n-2021-0207/dc/sem-du-4-aout-2021-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ronapreve</t>
+  </si>
+  <si>
+    <t>p_3281980</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0037/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité  POTELIGEO (mogamulizumab)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité POTELIGEO (mogamulizumab), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes : « les patients adultes atteints de mycosis fongoïde de stade IA qui ont reçu au moins un traitement systémique antérieur » « les patients adultes atteints de mycosis fongoïde stades IB-II transformé ou non transformé réfractaire qui ont reçu au moins un traitement systémique antérieur » « les patients adultes atteints de mycosis fongoïde stades III-IV transformé y compris le syndrome de Sézary qui ont reçu au moins un traitement systémique antérieur » Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>05/02/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/08/2019 08:47:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3086208/fr/avis-n-2019-0037/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-poteligeo-mogamulizumab</t>
+  </si>
+  <si>
+    <t>p_3086208</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0041/AC/SEM du 4 juillet 2019 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité TALZENNA (talazoparib)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité TALZENNA (talazoparib), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes : - les patientes précédemment traitées par anthracycline et/ou taxane en situation localement avancée ; - ou les patientes inéligibles à anthracycline et/ou taxane ; - et/ou les patientes avec résistance aux sels de platine. Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>04/07/2019 14:30:00</t>
+  </si>
+  <si>
+    <t>12/07/2019 16:58:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076205/fr/avis-n-2019-0041/ac/sem-du-4-juillet-2019-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-talzenna-talazoparib</t>
+  </si>
+  <si>
+    <t>p_3076205</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0025/AC/SEM du 24 avril 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Gempax »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>24/04/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>06/05/2019 12:17:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966732/fr/avis-n-2019-0025/ac/sem-du-24-avril-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-gempax</t>
+  </si>
+  <si>
+    <t>c_2966732</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0072/DC/SEM du 10 avril 2019 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de RITUXIMAB dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de rituximab dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication «Traitement du purpura thrombopénique immunologique (PTI) sévère réfractaire aux autres traitements (par exemple corticoïdes, immunoglobulines IV) », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>10/04/2019 15:22:00</t>
+  </si>
+  <si>
+    <t>06/05/2019 17:00:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966814/fr/decision-n-2019-0072/dc/sem-du-10-avril-2019-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-rituximab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2966814</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0047/AC/SEM du 7 novembre 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité KYMRIAH (tisagenlecleucel)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité KYMRIAH (tisagenlecleucel), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation correspond au « Traitement de la leucémie aigüe lymphoblastique (LAL) à cellules B chez les patients :# * réfractaires après une ligne de traitement, * en rechute après greffe, si réalisée lors de la 1ère ligne de traitement ».# Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>07/11/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>27/11/2018 16:56:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886498/fr/avis-n-2018-0047/ac/sem-du-7-novembre-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-kymriah-tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>c_2886498</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0033/AC/SEM du 29 août 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude INTREALL»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude INTREALL» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>29/08/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869281/fr/avis-n-2018-0033/ac/sem-du-29-aout-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-intreall</t>
+  </si>
+  <si>
+    <t>c_2869281</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0016/AC/SEM du 4 avril 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude PROLONG»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude PROLONG» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>04/04/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 15:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844315/fr/avis-n-2018-0016/ac/sem-du-4-avril-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-prolong</t>
+  </si>
+  <si>
+    <t>c_2844315</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0199/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l’infliximab dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab et des spécialités identifiées comme biologiques similaires et inscrites sur la liste de référence des groupes biologiques similaires mentionnée à l’article L. 5121-10-2 du code de la santé publique dans le cadre d’une recommandation temporaire d’utilisation, dans le « Traitement de la maladie de Takayasu répondant aux critères d’Ishikawa et résistant aux traitements conventionnels (corticoïdes et immunosuppresseurs», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>13/12/2017 10:14:00</t>
+  </si>
+  <si>
+    <t>19/12/2017 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814160/fr/decision-n2017-0199/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2814160</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0065/DC/SEM du 25 mars 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du bortézomib (VELCADE 1 et 3.5 mg, poudre pour solution injectable) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - les pathologies, l’amylose primitive ou amylose AL et la maladie de Randall, rares et graves qui sont des maladies résultant de dépôts extracellulaires d’immunoglobulines dans différents organes (notamment rein et cœur) altérant progressivement leur fonctionnement. Il s’agit de pathologies évolutives dont le pronostic est sévère en l’absence de traitement efficace. Ces pathologies peuvent engager le pronostic vital des patients. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients nécessitant un traitement en association à une autre chimiothérapie1; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités VELCADE 1 et 3,5 mg solution pour perfusion doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie».</t>
+  </si>
+  <si>
+    <t>25/03/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>01/04/2015 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024414/fr/decision-n-2015-0065/dc/sem-du-25-mars-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-bortezomib-velcade-1-et-3-5-mg-poudre-pour-solution-injectable-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2024414</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0144/DC du 16 juillet 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l'infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation, ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>16/07/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/07/2014 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757268/fr/decision-n-2014-0144/dc-du-16-juillet-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-remicade-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_1757268</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant aux maladies rares Vascularites  (ALD 21)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour les maladies rares Vascularites (ALD 21) : * Acide acetylsalicylique / acetylsalicylate de lysine * Chlormadinone * Methotrexate * Mycophenolate mofetil</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015717/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-aux-maladies-rares-vascularites-ald-21</t>
+  </si>
+  <si>
+    <t>c_1015717</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin à ARNm SPIKEVAX</t>
+  </si>
+  <si>
+    <t>La HAS a rendu son avis sur la place du vaccin Spikevax® de Moderna dans la stratégie vaccinale après que ce dernier a obtenu une extension d’AMM pour le rappel. Spikevax® et Comirnaty® de Pfizer sont deux vaccins sûrs et efficaces mais les études montrent une légère supériorité de Spikevax® en termes d’efficacité et des risques plus faibles de myocardite pour Comirnaty®, en particulier pour les personnes de moins de 30 ans.</t>
+  </si>
+  <si>
+    <t>05/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2021 19:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297315/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-spikevax</t>
+  </si>
+  <si>
+    <t>p_3297315</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CYCLOPHOSPHAMIDE (cyclophosphamide)</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984346/fr/cyclophosphamide-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>pprd_2984346</t>
+  </si>
+  <si>
+    <t>cyclophosphamide</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE / SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568269/fr/cyclophosphamide-sandoz-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530407/fr/cyclophosphamide-accord-cyclophosphamide-cancer-et-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>CYCLOPHOSPHAMIDE REDDY PHARMA (cyclophosphamide)</t>
+  </si>
+  <si>
+    <t>18/03/2022 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324725/fr/cyclophosphamide-reddy-pharma-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>p_3324725</t>
+  </si>
+  <si>
+    <t>REDDY PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324313/fr/cyclophosphamide-reddy-pharma-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>ENDOXAN (cyclophosphamide)</t>
+  </si>
+  <si>
+    <t>29/04/2016 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984126/fr/endoxan-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>pprd_2984126</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400914/fr/endoxan-50-mg-comprime-enrobe-boite-de-50-comprimes-code-cip-303-589-0-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627627/fr/endoxan-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>Immunosupresseurs dans le traitement des myopathies inflammatoires (cyclophosphamide/ mycophénolate mofétil/ léflunomide/ ciclosporine/ methotrexate/ rituximab)</t>
+  </si>
+  <si>
+    <t>07/05/2010 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985282/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2985282</t>
+  </si>
+  <si>
+    <t>cyclophosphamide,mycophénolate mofétil,léflunomide,ciclosporine,methotrexate,rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951083/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>763</v>
+      </c>
+      <c r="B2" t="s">
+        <v>764</v>
+      </c>
+      <c r="C2" t="s">
+        <v>765</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>766</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>767</v>
+      </c>
+      <c r="H2" t="s">
+        <v>768</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>34</v>
+      </c>
+      <c r="D3" t="s">
+        <v>35</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="E5" t="s">
-        <v>32</v>
+        <v>48</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>49</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H66"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C2" t="s">
+        <v>53</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>51</v>
+      </c>
+      <c r="B3" t="s">
+        <v>57</v>
+      </c>
+      <c r="C3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D3" t="s">
+        <v>59</v>
+      </c>
+      <c r="E3" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>61</v>
+      </c>
+      <c r="H3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>51</v>
+      </c>
+      <c r="B4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C4" t="s">
+        <v>64</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>65</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>66</v>
+      </c>
+      <c r="H4" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C5" t="s">
+        <v>69</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>70</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>71</v>
+      </c>
+      <c r="H5" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>73</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>75</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>76</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>77</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="B7" t="s">
-        <v>42</v>
+        <v>78</v>
       </c>
       <c r="C7" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="D7" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>45</v>
+        <v>80</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>46</v>
+        <v>81</v>
       </c>
       <c r="H7" t="s">
-        <v>47</v>
+        <v>82</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="B8" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
       <c r="C8" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="D8" t="s">
-        <v>50</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
+        <v>85</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>86</v>
+      </c>
+      <c r="H8" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
         <v>51</v>
       </c>
-      <c r="F8" t="s">
-[...6 lines deleted...]
-        <v>53</v>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>89</v>
+      </c>
+      <c r="D9" t="s">
+        <v>90</v>
+      </c>
+      <c r="E9" t="s">
+        <v>91</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>92</v>
+      </c>
+      <c r="H9" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>51</v>
+      </c>
+      <c r="B10" t="s">
+        <v>94</v>
+      </c>
+      <c r="C10" t="s">
+        <v>95</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>96</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>97</v>
+      </c>
+      <c r="H10" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C11" t="s">
+        <v>100</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>101</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>102</v>
+      </c>
+      <c r="H11" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>51</v>
+      </c>
+      <c r="B12" t="s">
+        <v>104</v>
+      </c>
+      <c r="C12" t="s">
+        <v>105</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>106</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>107</v>
+      </c>
+      <c r="H12" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>51</v>
+      </c>
+      <c r="B13" t="s">
+        <v>109</v>
+      </c>
+      <c r="C13" t="s">
+        <v>110</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>111</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>112</v>
+      </c>
+      <c r="H13" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>51</v>
+      </c>
+      <c r="B14" t="s">
+        <v>114</v>
+      </c>
+      <c r="C14" t="s">
+        <v>115</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>116</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>117</v>
+      </c>
+      <c r="H14" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>51</v>
+      </c>
+      <c r="B15" t="s">
+        <v>119</v>
+      </c>
+      <c r="C15" t="s">
+        <v>120</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>51</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>126</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>127</v>
+      </c>
+      <c r="H16" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>51</v>
+      </c>
+      <c r="B17" t="s">
+        <v>129</v>
+      </c>
+      <c r="C17" t="s">
+        <v>130</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>131</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>132</v>
+      </c>
+      <c r="H17" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>51</v>
+      </c>
+      <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>135</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>136</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>137</v>
+      </c>
+      <c r="H18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>51</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>140</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>141</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>142</v>
+      </c>
+      <c r="H19" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" t="s">
+        <v>144</v>
+      </c>
+      <c r="C20" t="s">
+        <v>145</v>
+      </c>
+      <c r="D20" t="s">
+        <v>146</v>
+      </c>
+      <c r="E20" t="s">
+        <v>147</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>148</v>
+      </c>
+      <c r="H20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>51</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>152</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>153</v>
+      </c>
+      <c r="H21" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>51</v>
+      </c>
+      <c r="B22" t="s">
+        <v>155</v>
+      </c>
+      <c r="C22" t="s">
+        <v>156</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>157</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>158</v>
+      </c>
+      <c r="H22" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>51</v>
+      </c>
+      <c r="B23" t="s">
+        <v>160</v>
+      </c>
+      <c r="C23" t="s">
+        <v>161</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>162</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>163</v>
+      </c>
+      <c r="H23" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>51</v>
+      </c>
+      <c r="B24" t="s">
+        <v>165</v>
+      </c>
+      <c r="C24" t="s">
+        <v>166</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>167</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>168</v>
+      </c>
+      <c r="H24" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>51</v>
+      </c>
+      <c r="B25" t="s">
+        <v>170</v>
+      </c>
+      <c r="C25" t="s">
+        <v>171</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>172</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>173</v>
+      </c>
+      <c r="H25" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>51</v>
+      </c>
+      <c r="B26" t="s">
+        <v>175</v>
+      </c>
+      <c r="C26" t="s">
+        <v>176</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>172</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>177</v>
+      </c>
+      <c r="H26" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>51</v>
+      </c>
+      <c r="B27" t="s">
+        <v>179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>180</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>181</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>182</v>
+      </c>
+      <c r="H27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>51</v>
+      </c>
+      <c r="B28" t="s">
+        <v>184</v>
+      </c>
+      <c r="C28" t="s">
+        <v>185</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>186</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>187</v>
+      </c>
+      <c r="H28" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>51</v>
+      </c>
+      <c r="B29" t="s">
+        <v>189</v>
+      </c>
+      <c r="C29" t="s">
+        <v>190</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>191</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>192</v>
+      </c>
+      <c r="H29" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>51</v>
+      </c>
+      <c r="B30" t="s">
+        <v>194</v>
+      </c>
+      <c r="C30" t="s">
+        <v>195</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>196</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>197</v>
+      </c>
+      <c r="H30" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>51</v>
+      </c>
+      <c r="B31" t="s">
+        <v>199</v>
+      </c>
+      <c r="C31" t="s">
+        <v>200</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>201</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>202</v>
+      </c>
+      <c r="H31" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>51</v>
+      </c>
+      <c r="B32" t="s">
+        <v>204</v>
+      </c>
+      <c r="C32" t="s">
+        <v>205</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>206</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>207</v>
+      </c>
+      <c r="H32" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>51</v>
+      </c>
+      <c r="B33" t="s">
+        <v>209</v>
+      </c>
+      <c r="C33" t="s">
+        <v>210</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>211</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>212</v>
+      </c>
+      <c r="H33" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>51</v>
+      </c>
+      <c r="B34" t="s">
+        <v>214</v>
+      </c>
+      <c r="C34" t="s">
+        <v>215</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>216</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>217</v>
+      </c>
+      <c r="H34" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>51</v>
+      </c>
+      <c r="B35" t="s">
+        <v>219</v>
+      </c>
+      <c r="C35" t="s">
+        <v>220</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>221</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>222</v>
+      </c>
+      <c r="H35" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>51</v>
+      </c>
+      <c r="B36" t="s">
+        <v>224</v>
+      </c>
+      <c r="C36" t="s">
+        <v>225</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>226</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>227</v>
+      </c>
+      <c r="H36" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>51</v>
+      </c>
+      <c r="B37" t="s">
+        <v>229</v>
+      </c>
+      <c r="C37" t="s">
+        <v>230</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>231</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>232</v>
+      </c>
+      <c r="H37" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>51</v>
+      </c>
+      <c r="B38" t="s">
+        <v>234</v>
+      </c>
+      <c r="C38" t="s">
+        <v>235</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>236</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>237</v>
+      </c>
+      <c r="H38" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>51</v>
+      </c>
+      <c r="B39" t="s">
+        <v>239</v>
+      </c>
+      <c r="C39" t="s">
+        <v>240</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>241</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>242</v>
+      </c>
+      <c r="H39" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>51</v>
+      </c>
+      <c r="B40" t="s">
+        <v>244</v>
+      </c>
+      <c r="C40" t="s">
+        <v>245</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>241</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>246</v>
+      </c>
+      <c r="H40" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>51</v>
+      </c>
+      <c r="B41" t="s">
+        <v>248</v>
+      </c>
+      <c r="C41" t="s">
+        <v>249</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>241</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>250</v>
+      </c>
+      <c r="H41" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>51</v>
+      </c>
+      <c r="B42" t="s">
+        <v>252</v>
+      </c>
+      <c r="C42" t="s">
+        <v>253</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>254</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>255</v>
+      </c>
+      <c r="H42" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>51</v>
+      </c>
+      <c r="B43" t="s">
+        <v>257</v>
+      </c>
+      <c r="C43" t="s">
+        <v>258</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>259</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>260</v>
+      </c>
+      <c r="H43" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>51</v>
+      </c>
+      <c r="B44" t="s">
+        <v>262</v>
+      </c>
+      <c r="C44" t="s">
+        <v>263</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>264</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>265</v>
+      </c>
+      <c r="H44" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>51</v>
+      </c>
+      <c r="B45" t="s">
+        <v>267</v>
+      </c>
+      <c r="C45" t="s">
+        <v>268</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>269</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>270</v>
+      </c>
+      <c r="H45" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>51</v>
+      </c>
+      <c r="B46" t="s">
+        <v>272</v>
+      </c>
+      <c r="C46" t="s">
+        <v>273</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>274</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>275</v>
+      </c>
+      <c r="H46" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>51</v>
+      </c>
+      <c r="B47" t="s">
+        <v>277</v>
+      </c>
+      <c r="C47" t="s">
+        <v>278</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>279</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>280</v>
+      </c>
+      <c r="H47" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>51</v>
+      </c>
+      <c r="B48" t="s">
+        <v>282</v>
+      </c>
+      <c r="C48" t="s">
+        <v>283</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>284</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>285</v>
+      </c>
+      <c r="H48" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>51</v>
+      </c>
+      <c r="B49" t="s">
+        <v>287</v>
+      </c>
+      <c r="C49" t="s">
+        <v>288</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>289</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>290</v>
+      </c>
+      <c r="H49" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>51</v>
+      </c>
+      <c r="B50" t="s">
+        <v>292</v>
+      </c>
+      <c r="C50" t="s">
+        <v>293</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>294</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>295</v>
+      </c>
+      <c r="H50" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>51</v>
+      </c>
+      <c r="B51" t="s">
+        <v>297</v>
+      </c>
+      <c r="C51" t="s">
+        <v>298</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>299</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>300</v>
+      </c>
+      <c r="H51" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>51</v>
+      </c>
+      <c r="B52" t="s">
+        <v>302</v>
+      </c>
+      <c r="C52" t="s">
+        <v>303</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>304</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>305</v>
+      </c>
+      <c r="H52" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>51</v>
+      </c>
+      <c r="B53" t="s">
+        <v>307</v>
+      </c>
+      <c r="C53" t="s">
+        <v>308</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>309</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>310</v>
+      </c>
+      <c r="H53" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>51</v>
+      </c>
+      <c r="B54" t="s">
+        <v>312</v>
+      </c>
+      <c r="C54" t="s">
+        <v>313</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>314</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>315</v>
+      </c>
+      <c r="H54" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>51</v>
+      </c>
+      <c r="B55" t="s">
+        <v>317</v>
+      </c>
+      <c r="C55" t="s">
+        <v>318</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>319</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>320</v>
+      </c>
+      <c r="H55" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>51</v>
+      </c>
+      <c r="B56" t="s">
+        <v>322</v>
+      </c>
+      <c r="C56" t="s">
+        <v>323</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>324</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>325</v>
+      </c>
+      <c r="H56" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>51</v>
+      </c>
+      <c r="B57" t="s">
+        <v>327</v>
+      </c>
+      <c r="C57" t="s">
+        <v>328</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>329</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>330</v>
+      </c>
+      <c r="H57" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>51</v>
+      </c>
+      <c r="B58" t="s">
+        <v>332</v>
+      </c>
+      <c r="C58" t="s">
+        <v>333</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>334</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>335</v>
+      </c>
+      <c r="H58" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>51</v>
+      </c>
+      <c r="B59" t="s">
+        <v>337</v>
+      </c>
+      <c r="C59" t="s">
+        <v>338</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>339</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>340</v>
+      </c>
+      <c r="H59" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>51</v>
+      </c>
+      <c r="B60" t="s">
+        <v>342</v>
+      </c>
+      <c r="C60" t="s">
+        <v>343</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>344</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>345</v>
+      </c>
+      <c r="H60" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>51</v>
+      </c>
+      <c r="B61" t="s">
+        <v>347</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>348</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>349</v>
+      </c>
+      <c r="H61" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>51</v>
+      </c>
+      <c r="B62" t="s">
+        <v>351</v>
+      </c>
+      <c r="C62" t="s">
+        <v>352</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>353</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>354</v>
+      </c>
+      <c r="H62" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>51</v>
+      </c>
+      <c r="B63" t="s">
+        <v>356</v>
+      </c>
+      <c r="C63" t="s">
+        <v>357</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>358</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>359</v>
+      </c>
+      <c r="H63" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>51</v>
+      </c>
+      <c r="B64" t="s">
+        <v>361</v>
+      </c>
+      <c r="C64" t="s">
+        <v>362</v>
+      </c>
+      <c r="D64" t="s">
+        <v>41</v>
+      </c>
+      <c r="E64" t="s">
+        <v>363</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>364</v>
+      </c>
+      <c r="H64" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>51</v>
+      </c>
+      <c r="B65" t="s">
+        <v>366</v>
+      </c>
+      <c r="C65" t="s">
+        <v>367</v>
+      </c>
+      <c r="D65" t="s">
+        <v>368</v>
+      </c>
+      <c r="E65" t="s">
+        <v>369</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>370</v>
+      </c>
+      <c r="H65" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>51</v>
+      </c>
+      <c r="B66" t="s">
+        <v>372</v>
+      </c>
+      <c r="C66" t="s">
+        <v>373</v>
+      </c>
+      <c r="D66" t="s">
+        <v>374</v>
+      </c>
+      <c r="E66" t="s">
+        <v>375</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>376</v>
+      </c>
+      <c r="H66" t="s">
+        <v>377</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>378</v>
+      </c>
+      <c r="B2" t="s">
+        <v>379</v>
+      </c>
+      <c r="C2" t="s">
+        <v>380</v>
+      </c>
+      <c r="D2" t="s">
+        <v>381</v>
+      </c>
+      <c r="E2" t="s">
+        <v>382</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>383</v>
+      </c>
+      <c r="H2" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>378</v>
+      </c>
+      <c r="B3" t="s">
+        <v>385</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>386</v>
+      </c>
+      <c r="E3" t="s">
+        <v>387</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>388</v>
+      </c>
+      <c r="H3" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>378</v>
+      </c>
+      <c r="B4" t="s">
+        <v>390</v>
+      </c>
+      <c r="C4" t="s">
+        <v>391</v>
+      </c>
+      <c r="D4" t="s">
+        <v>392</v>
+      </c>
+      <c r="E4" t="s">
+        <v>393</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>394</v>
+      </c>
+      <c r="H4" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>378</v>
+      </c>
+      <c r="B5" t="s">
+        <v>396</v>
+      </c>
+      <c r="C5" t="s">
+        <v>397</v>
+      </c>
+      <c r="D5" t="s">
+        <v>392</v>
+      </c>
+      <c r="E5" t="s">
+        <v>398</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>399</v>
+      </c>
+      <c r="H5" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>378</v>
+      </c>
+      <c r="B6" t="s">
+        <v>401</v>
+      </c>
+      <c r="C6" t="s">
+        <v>402</v>
+      </c>
+      <c r="D6" t="s">
+        <v>403</v>
+      </c>
+      <c r="E6" t="s">
+        <v>404</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>405</v>
+      </c>
+      <c r="H6" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>378</v>
+      </c>
+      <c r="B7" t="s">
+        <v>407</v>
+      </c>
+      <c r="C7" t="s">
+        <v>408</v>
+      </c>
+      <c r="D7" t="s">
+        <v>409</v>
+      </c>
+      <c r="E7" t="s">
+        <v>410</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>411</v>
+      </c>
+      <c r="H7" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>378</v>
+      </c>
+      <c r="B8" t="s">
+        <v>413</v>
+      </c>
+      <c r="C8" t="s">
+        <v>414</v>
+      </c>
+      <c r="D8" t="s">
+        <v>415</v>
+      </c>
+      <c r="E8" t="s">
+        <v>416</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>417</v>
+      </c>
+      <c r="H8" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>378</v>
+      </c>
+      <c r="B9" t="s">
+        <v>419</v>
+      </c>
+      <c r="C9" t="s">
+        <v>420</v>
+      </c>
+      <c r="D9" t="s">
+        <v>421</v>
+      </c>
+      <c r="E9" t="s">
+        <v>422</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>423</v>
+      </c>
+      <c r="H9" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>378</v>
+      </c>
+      <c r="B10" t="s">
+        <v>425</v>
+      </c>
+      <c r="C10" t="s">
+        <v>426</v>
+      </c>
+      <c r="D10" t="s">
+        <v>427</v>
+      </c>
+      <c r="E10" t="s">
+        <v>428</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>429</v>
+      </c>
+      <c r="H10" t="s">
+        <v>430</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>431</v>
+      </c>
+      <c r="B2" t="s">
+        <v>432</v>
+      </c>
+      <c r="C2" t="s">
+        <v>433</v>
+      </c>
+      <c r="D2" t="s">
+        <v>434</v>
+      </c>
+      <c r="E2" t="s">
+        <v>435</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>436</v>
+      </c>
+      <c r="H2" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>431</v>
+      </c>
+      <c r="B3" t="s">
+        <v>438</v>
+      </c>
+      <c r="C3" t="s">
+        <v>439</v>
+      </c>
+      <c r="D3" t="s">
+        <v>440</v>
+      </c>
+      <c r="E3" t="s">
+        <v>441</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>442</v>
+      </c>
+      <c r="H3" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>431</v>
+      </c>
+      <c r="B4" t="s">
+        <v>444</v>
+      </c>
+      <c r="C4" t="s">
+        <v>445</v>
+      </c>
+      <c r="D4" t="s">
+        <v>446</v>
+      </c>
+      <c r="E4" t="s">
+        <v>447</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>448</v>
+      </c>
+      <c r="H4" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>431</v>
+      </c>
+      <c r="B5" t="s">
+        <v>450</v>
+      </c>
+      <c r="C5" t="s">
+        <v>451</v>
+      </c>
+      <c r="D5" t="s">
+        <v>452</v>
+      </c>
+      <c r="E5" t="s">
+        <v>453</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>454</v>
+      </c>
+      <c r="H5" t="s">
+        <v>455</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I38"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>457</v>
+      </c>
+      <c r="B2" t="s">
+        <v>458</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>459</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>460</v>
+      </c>
+      <c r="H2" t="s">
+        <v>461</v>
+      </c>
+      <c r="I2" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>457</v>
+      </c>
+      <c r="B3" t="s">
+        <v>463</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>464</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>465</v>
+      </c>
+      <c r="H3" t="s">
+        <v>466</v>
+      </c>
+      <c r="I3" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>457</v>
+      </c>
+      <c r="B4" t="s">
+        <v>467</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>468</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>469</v>
+      </c>
+      <c r="H4" t="s">
+        <v>470</v>
+      </c>
+      <c r="I4" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>457</v>
+      </c>
+      <c r="B5" t="s">
+        <v>471</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>472</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>473</v>
+      </c>
+      <c r="H5" t="s">
+        <v>474</v>
+      </c>
+      <c r="I5" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>457</v>
+      </c>
+      <c r="B6" t="s">
+        <v>475</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>476</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>477</v>
+      </c>
+      <c r="H6" t="s">
+        <v>478</v>
+      </c>
+      <c r="I6" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>457</v>
+      </c>
+      <c r="B7" t="s">
+        <v>479</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>480</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>481</v>
+      </c>
+      <c r="H7" t="s">
+        <v>482</v>
+      </c>
+      <c r="I7" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>457</v>
+      </c>
+      <c r="B8" t="s">
+        <v>483</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>484</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>485</v>
+      </c>
+      <c r="H8" t="s">
+        <v>486</v>
+      </c>
+      <c r="I8" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>457</v>
+      </c>
+      <c r="B9" t="s">
+        <v>487</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>488</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>489</v>
+      </c>
+      <c r="H9" t="s">
+        <v>490</v>
+      </c>
+      <c r="I9" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>457</v>
+      </c>
+      <c r="B10" t="s">
+        <v>491</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>492</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>493</v>
+      </c>
+      <c r="H10" t="s">
+        <v>494</v>
+      </c>
+      <c r="I10" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>457</v>
+      </c>
+      <c r="B11" t="s">
+        <v>495</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>496</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>497</v>
+      </c>
+      <c r="H11" t="s">
+        <v>498</v>
+      </c>
+      <c r="I11" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>457</v>
+      </c>
+      <c r="B12" t="s">
+        <v>499</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>500</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>501</v>
+      </c>
+      <c r="H12" t="s">
+        <v>502</v>
+      </c>
+      <c r="I12" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>457</v>
+      </c>
+      <c r="B13" t="s">
+        <v>503</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>504</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>505</v>
+      </c>
+      <c r="H13" t="s">
+        <v>506</v>
+      </c>
+      <c r="I13" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>457</v>
+      </c>
+      <c r="B14" t="s">
+        <v>507</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>508</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>509</v>
+      </c>
+      <c r="H14" t="s">
+        <v>510</v>
+      </c>
+      <c r="I14" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>457</v>
+      </c>
+      <c r="B15" t="s">
+        <v>511</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>512</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>513</v>
+      </c>
+      <c r="H15" t="s">
+        <v>514</v>
+      </c>
+      <c r="I15" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>457</v>
+      </c>
+      <c r="B16" t="s">
+        <v>515</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>516</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>517</v>
+      </c>
+      <c r="H16" t="s">
+        <v>518</v>
+      </c>
+      <c r="I16" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>457</v>
+      </c>
+      <c r="B17" t="s">
+        <v>519</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>520</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>521</v>
+      </c>
+      <c r="H17" t="s">
+        <v>522</v>
+      </c>
+      <c r="I17" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>457</v>
+      </c>
+      <c r="B18" t="s">
+        <v>523</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>524</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>525</v>
+      </c>
+      <c r="H18" t="s">
+        <v>526</v>
+      </c>
+      <c r="I18" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>457</v>
+      </c>
+      <c r="B19" t="s">
+        <v>527</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>528</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>529</v>
+      </c>
+      <c r="H19" t="s">
+        <v>530</v>
+      </c>
+      <c r="I19" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>457</v>
+      </c>
+      <c r="B20" t="s">
+        <v>531</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>532</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>533</v>
+      </c>
+      <c r="H20" t="s">
+        <v>534</v>
+      </c>
+      <c r="I20" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>457</v>
+      </c>
+      <c r="B21" t="s">
+        <v>535</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>536</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>537</v>
+      </c>
+      <c r="H21" t="s">
+        <v>538</v>
+      </c>
+      <c r="I21" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>457</v>
+      </c>
+      <c r="B22" t="s">
+        <v>539</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>540</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>541</v>
+      </c>
+      <c r="H22" t="s">
+        <v>542</v>
+      </c>
+      <c r="I22" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>457</v>
+      </c>
+      <c r="B23" t="s">
+        <v>543</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>544</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>545</v>
+      </c>
+      <c r="H23" t="s">
+        <v>546</v>
+      </c>
+      <c r="I23" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>457</v>
+      </c>
+      <c r="B24" t="s">
+        <v>547</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>548</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>549</v>
+      </c>
+      <c r="H24" t="s">
+        <v>550</v>
+      </c>
+      <c r="I24" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>457</v>
+      </c>
+      <c r="B25" t="s">
+        <v>551</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>552</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>553</v>
+      </c>
+      <c r="H25" t="s">
+        <v>554</v>
+      </c>
+      <c r="I25" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>457</v>
+      </c>
+      <c r="B26" t="s">
+        <v>555</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>556</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>557</v>
+      </c>
+      <c r="H26" t="s">
+        <v>558</v>
+      </c>
+      <c r="I26" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>457</v>
+      </c>
+      <c r="B27" t="s">
+        <v>559</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>560</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>561</v>
+      </c>
+      <c r="H27" t="s">
+        <v>562</v>
+      </c>
+      <c r="I27" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>457</v>
+      </c>
+      <c r="B28" t="s">
+        <v>563</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>564</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>565</v>
+      </c>
+      <c r="H28" t="s">
+        <v>566</v>
+      </c>
+      <c r="I28" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>457</v>
+      </c>
+      <c r="B29" t="s">
+        <v>567</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>568</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>569</v>
+      </c>
+      <c r="H29" t="s">
+        <v>570</v>
+      </c>
+      <c r="I29" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>457</v>
+      </c>
+      <c r="B30" t="s">
+        <v>571</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>572</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>573</v>
+      </c>
+      <c r="H30" t="s">
+        <v>574</v>
+      </c>
+      <c r="I30" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>457</v>
+      </c>
+      <c r="B31" t="s">
+        <v>575</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>576</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>577</v>
+      </c>
+      <c r="H31" t="s">
+        <v>578</v>
+      </c>
+      <c r="I31" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>457</v>
+      </c>
+      <c r="B32" t="s">
+        <v>579</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>580</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>581</v>
+      </c>
+      <c r="H32" t="s">
+        <v>582</v>
+      </c>
+      <c r="I32" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>457</v>
+      </c>
+      <c r="B33" t="s">
+        <v>583</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>584</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>585</v>
+      </c>
+      <c r="H33" t="s">
+        <v>586</v>
+      </c>
+      <c r="I33" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>457</v>
+      </c>
+      <c r="B34" t="s">
+        <v>587</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>588</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>589</v>
+      </c>
+      <c r="H34" t="s">
+        <v>590</v>
+      </c>
+      <c r="I34" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>457</v>
+      </c>
+      <c r="B35" t="s">
+        <v>591</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>592</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>593</v>
+      </c>
+      <c r="H35" t="s">
+        <v>594</v>
+      </c>
+      <c r="I35" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>457</v>
+      </c>
+      <c r="B36" t="s">
+        <v>595</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>596</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>597</v>
+      </c>
+      <c r="H36" t="s">
+        <v>598</v>
+      </c>
+      <c r="I36" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>457</v>
+      </c>
+      <c r="B37" t="s">
+        <v>599</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>600</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>601</v>
+      </c>
+      <c r="H37" t="s">
+        <v>602</v>
+      </c>
+      <c r="I37" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>457</v>
+      </c>
+      <c r="B38" t="s">
+        <v>603</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>604</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>605</v>
+      </c>
+      <c r="H38" t="s">
+        <v>606</v>
+      </c>
+      <c r="I38" t="s">
+        <v>462</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>607</v>
+      </c>
+      <c r="B2" t="s">
+        <v>608</v>
+      </c>
+      <c r="C2" t="s">
+        <v>609</v>
+      </c>
+      <c r="D2" t="s">
+        <v>610</v>
+      </c>
+      <c r="E2" t="s">
+        <v>611</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>612</v>
+      </c>
+      <c r="H2" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>607</v>
+      </c>
+      <c r="B3" t="s">
+        <v>614</v>
+      </c>
+      <c r="C3" t="s">
+        <v>615</v>
+      </c>
+      <c r="D3" t="s">
+        <v>616</v>
+      </c>
+      <c r="E3" t="s">
+        <v>617</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>618</v>
+      </c>
+      <c r="H3" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>607</v>
+      </c>
+      <c r="B4" t="s">
+        <v>620</v>
+      </c>
+      <c r="C4" t="s">
+        <v>621</v>
+      </c>
+      <c r="D4" t="s">
+        <v>622</v>
+      </c>
+      <c r="E4" t="s">
+        <v>623</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>624</v>
+      </c>
+      <c r="H4" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>607</v>
+      </c>
+      <c r="B5" t="s">
+        <v>626</v>
+      </c>
+      <c r="C5" t="s">
+        <v>627</v>
+      </c>
+      <c r="D5" t="s">
+        <v>628</v>
+      </c>
+      <c r="E5" t="s">
+        <v>629</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>630</v>
+      </c>
+      <c r="H5" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>607</v>
+      </c>
+      <c r="B6" t="s">
+        <v>632</v>
+      </c>
+      <c r="C6" t="s">
+        <v>633</v>
+      </c>
+      <c r="D6" t="s">
+        <v>634</v>
+      </c>
+      <c r="E6" t="s">
+        <v>635</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>636</v>
+      </c>
+      <c r="H6" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>607</v>
+      </c>
+      <c r="B7" t="s">
+        <v>638</v>
+      </c>
+      <c r="C7" t="s">
+        <v>639</v>
+      </c>
+      <c r="D7" t="s">
+        <v>640</v>
+      </c>
+      <c r="E7" t="s">
+        <v>641</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>642</v>
+      </c>
+      <c r="H7" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>607</v>
+      </c>
+      <c r="B8" t="s">
+        <v>644</v>
+      </c>
+      <c r="C8" t="s">
+        <v>645</v>
+      </c>
+      <c r="D8" t="s">
+        <v>646</v>
+      </c>
+      <c r="E8" t="s">
+        <v>647</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>648</v>
+      </c>
+      <c r="H8" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>607</v>
+      </c>
+      <c r="B9" t="s">
+        <v>650</v>
+      </c>
+      <c r="C9" t="s">
+        <v>651</v>
+      </c>
+      <c r="D9" t="s">
+        <v>652</v>
+      </c>
+      <c r="E9" t="s">
+        <v>653</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>654</v>
+      </c>
+      <c r="H9" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>607</v>
+      </c>
+      <c r="B10" t="s">
+        <v>656</v>
+      </c>
+      <c r="C10" t="s">
+        <v>657</v>
+      </c>
+      <c r="D10" t="s">
+        <v>652</v>
+      </c>
+      <c r="E10" t="s">
+        <v>653</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>658</v>
+      </c>
+      <c r="H10" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>607</v>
+      </c>
+      <c r="B11" t="s">
+        <v>660</v>
+      </c>
+      <c r="C11" t="s">
+        <v>661</v>
+      </c>
+      <c r="D11" t="s">
+        <v>662</v>
+      </c>
+      <c r="E11" t="s">
+        <v>663</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>664</v>
+      </c>
+      <c r="H11" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>607</v>
+      </c>
+      <c r="B12" t="s">
+        <v>666</v>
+      </c>
+      <c r="C12" t="s">
+        <v>667</v>
+      </c>
+      <c r="D12" t="s">
+        <v>668</v>
+      </c>
+      <c r="E12" t="s">
+        <v>669</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>670</v>
+      </c>
+      <c r="H12" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>607</v>
+      </c>
+      <c r="B13" t="s">
+        <v>672</v>
+      </c>
+      <c r="C13" t="s">
+        <v>673</v>
+      </c>
+      <c r="D13" t="s">
+        <v>674</v>
+      </c>
+      <c r="E13" t="s">
+        <v>675</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>676</v>
+      </c>
+      <c r="H13" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>607</v>
+      </c>
+      <c r="B14" t="s">
+        <v>678</v>
+      </c>
+      <c r="C14" t="s">
+        <v>679</v>
+      </c>
+      <c r="D14" t="s">
+        <v>680</v>
+      </c>
+      <c r="E14" t="s">
+        <v>681</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>682</v>
+      </c>
+      <c r="H14" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>607</v>
+      </c>
+      <c r="B15" t="s">
+        <v>684</v>
+      </c>
+      <c r="C15" t="s">
+        <v>685</v>
+      </c>
+      <c r="D15" t="s">
+        <v>686</v>
+      </c>
+      <c r="E15" t="s">
+        <v>687</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>688</v>
+      </c>
+      <c r="H15" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>607</v>
+      </c>
+      <c r="B16" t="s">
+        <v>690</v>
+      </c>
+      <c r="C16" t="s">
+        <v>691</v>
+      </c>
+      <c r="D16" t="s">
+        <v>692</v>
+      </c>
+      <c r="E16" t="s">
+        <v>693</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>694</v>
+      </c>
+      <c r="H16" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>607</v>
+      </c>
+      <c r="B17" t="s">
+        <v>696</v>
+      </c>
+      <c r="C17" t="s">
+        <v>697</v>
+      </c>
+      <c r="D17" t="s">
+        <v>698</v>
+      </c>
+      <c r="E17" t="s">
+        <v>699</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>700</v>
+      </c>
+      <c r="H17" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>607</v>
+      </c>
+      <c r="B18" t="s">
+        <v>702</v>
+      </c>
+      <c r="C18" t="s">
+        <v>703</v>
+      </c>
+      <c r="D18" t="s">
+        <v>704</v>
+      </c>
+      <c r="E18" t="s">
+        <v>705</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>706</v>
+      </c>
+      <c r="H18" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>607</v>
+      </c>
+      <c r="B19" t="s">
+        <v>708</v>
+      </c>
+      <c r="C19" t="s">
+        <v>709</v>
+      </c>
+      <c r="D19" t="s">
+        <v>710</v>
+      </c>
+      <c r="E19" t="s">
+        <v>711</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>712</v>
+      </c>
+      <c r="H19" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>607</v>
+      </c>
+      <c r="B20" t="s">
+        <v>714</v>
+      </c>
+      <c r="C20" t="s">
+        <v>715</v>
+      </c>
+      <c r="D20" t="s">
+        <v>716</v>
+      </c>
+      <c r="E20" t="s">
+        <v>717</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>718</v>
+      </c>
+      <c r="H20" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>607</v>
+      </c>
+      <c r="B21" t="s">
+        <v>720</v>
+      </c>
+      <c r="C21" t="s">
+        <v>721</v>
+      </c>
+      <c r="D21" t="s">
+        <v>722</v>
+      </c>
+      <c r="E21" t="s">
+        <v>723</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>724</v>
+      </c>
+      <c r="H21" t="s">
+        <v>725</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>726</v>
+      </c>
+      <c r="B2" t="s">
+        <v>727</v>
+      </c>
+      <c r="C2" t="s">
+        <v>728</v>
+      </c>
+      <c r="D2" t="s">
+        <v>729</v>
+      </c>
+      <c r="E2" t="s">
+        <v>730</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>731</v>
+      </c>
+      <c r="H2" t="s">
+        <v>732</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>733</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>735</v>
+      </c>
+      <c r="B2" t="s">
+        <v>736</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>737</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>738</v>
+      </c>
+      <c r="H2" t="s">
+        <v>739</v>
+      </c>
+      <c r="I2" t="s">
+        <v>740</v>
+      </c>
+      <c r="J2" t="s">
+        <v>741</v>
+      </c>
+      <c r="K2" t="s">
+        <v>742</v>
+      </c>
+      <c r="L2" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>735</v>
+      </c>
+      <c r="B3" t="s">
+        <v>744</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>745</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>746</v>
+      </c>
+      <c r="H3" t="s">
+        <v>747</v>
+      </c>
+      <c r="I3" t="s">
+        <v>740</v>
+      </c>
+      <c r="J3" t="s">
+        <v>748</v>
+      </c>
+      <c r="K3" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>735</v>
+      </c>
+      <c r="B4" t="s">
+        <v>750</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>751</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>752</v>
+      </c>
+      <c r="H4" t="s">
+        <v>753</v>
+      </c>
+      <c r="I4" t="s">
+        <v>740</v>
+      </c>
+      <c r="J4" t="s">
+        <v>754</v>
+      </c>
+      <c r="K4" t="s">
+        <v>755</v>
+      </c>
+      <c r="L4" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>735</v>
+      </c>
+      <c r="B5" t="s">
+        <v>757</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>758</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>759</v>
+      </c>
+      <c r="H5" t="s">
+        <v>760</v>
+      </c>
+      <c r="I5" t="s">
+        <v>761</v>
+      </c>
+      <c r="J5" t="s">
+        <v>12</v>
+      </c>
+      <c r="K5" t="s">
+        <v>762</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>