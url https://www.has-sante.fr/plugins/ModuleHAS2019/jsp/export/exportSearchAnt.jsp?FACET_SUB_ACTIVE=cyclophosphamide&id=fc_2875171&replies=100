--- v0 (2025-11-07)
+++ v1 (2026-02-15)
@@ -1,6044 +1,477 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1164" uniqueCount="672">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>EPISIL</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/01/2019 00:00:00</t>
-[...53 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
-[...872 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>La sclérose en plaques</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471037/fr/actualisation-2023-utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-rh-/her2-de-stade-precoce</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>2023 update: clinical utility of genomic signatures in early-stage HR-positive/HER2-negative breast cancer - InaHTA Brief</t>
+  </si>
+  <si>
+    <t>In 2019, the French National Authority for Health (HAS) evaluated the clinical utility of four genomic signatures (Oncotype Dx, Mammaprint, Prosigna, Endopredict) in early-stage hormone-receptor-positive (HR+) breast cancer with HER2-negative status (HER2-). Genomic signatures could be used as a guide to safely de-escalate adjuvant chemotherapy (ACT) in certain patient profiles in situations of clear decision-making uncertainty, with a low or favourable genomic score enabling the avoidance of unnecessary decisions to administer ACT. Based on the data available and the consultations carried out at the time, the HAS had returned an unfavourable opinion for coverage of testing for these four genomic signatures. But it issued a favourable opinion for temporary funding as part of a specific funding program for research and innovation (RIHN) to maintain access to these innovative tests in a potential population of interest. In 2021 and 2022, the publication of new intermediate data led to changes being made to several international guidelines, reporting a risk of loss of chance in terms of oncological outcome in some premenopausal patients aged 50 or under linked to genomic signatures. At the end of 2022, in view of this risk of loss of chance in terms of oncological outcome, the HAS decided to update its assessment of the four genomic signatures and to redefine the scope of the eligible target population to guarantee the oncological safety of patients and limit the risk of misuse by healthcare professionals</t>
+  </si>
+  <si>
+    <t>10/19/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
   </si>
   <si>
     <t>p_3471037</t>
   </si>
   <si>
-    <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Évaluation du dosage sérique de l’hormone anti-müllérienne</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749006/fr/evaluation-du-dosage-serique-de-l-hormone-anti-mullerienne</t>
+    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The primary aim of this discussion paper is to assess the usefulness of the anti-Müllerian hormone assay procedure (AMH) with a view to its inclusion in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
   </si>
   <si>
     <t>c_2749006</t>
-  </si>
-[...907 lines deleted...]
-    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
-[...2 lines deleted...]
-      <c r="C2" t="s">
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>22</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="B4" t="s">
         <v>23</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>24</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="D4" t="s">
         <v>25</v>
       </c>
-    </row>
-[...63 lines deleted...]
-        <v>671</v>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>33</v>
+      </c>
+      <c r="H5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>37</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>50</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...3730 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>