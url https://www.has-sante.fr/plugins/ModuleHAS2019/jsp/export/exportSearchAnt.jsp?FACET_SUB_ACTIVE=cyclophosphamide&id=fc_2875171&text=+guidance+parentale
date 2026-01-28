--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="178" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="186" uniqueCount="115">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -243,50 +243,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
   </si>
   <si>
     <t>p_3292277</t>
   </si>
   <si>
     <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/10/2022 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Maladie de Shwachman Diamond</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/04/2023 08:33:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
   </si>
   <si>
     <t>p_3425536</t>
   </si>
   <si>
     <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
@@ -395,51 +410,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -867,183 +882,209 @@
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>91</v>
       </c>
       <c r="C18" t="s">
         <v>92</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
         <v>93</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
         <v>94</v>
       </c>
       <c r="H18" t="s">
         <v>95</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>96</v>
+      </c>
+      <c r="C19" t="s">
+        <v>97</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>98</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>99</v>
+      </c>
+      <c r="H19" t="s">
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="B2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="C2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="D2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="E2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="H2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="B2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="I2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>