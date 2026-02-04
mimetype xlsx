--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,251 +1,1016 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="102">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+  </si>
+  <si>
+    <t>p_3498915</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Déficits immunitaires héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de déficits immunitaires primitifs ou héréditaires. Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2023 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431473/fr/deficits-immunitaires-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3431473</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...17 lines deleted...]
-    <t>p_3498915</t>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2014</t>
+  </si>
+  <si>
+    <t>12/09/2014 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1762046/fr/commission-de-la-transparence-reunion-du-17-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1762046</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>29</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>39</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>54</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>65</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>66</v>
+      </c>
+      <c r="H11" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>68</v>
+      </c>
+      <c r="C12" t="s">
+        <v>69</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>70</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" t="s">
+        <v>74</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>81</v>
+      </c>
+      <c r="H14" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D3" t="s">
+        <v>86</v>
+      </c>
+      <c r="E3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>93</v>
+      </c>
+      <c r="H3" t="s">
+        <v>94</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>98</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>99</v>
+      </c>
+      <c r="H2" t="s">
+        <v>100</v>
+      </c>
+      <c r="I2" t="s">
+        <v>101</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>