--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="390" uniqueCount="235">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="240">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -114,50 +114,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
   </si>
   <si>
     <t>c_680242</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Artérite à Cellules Géantes (Horton)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>28/03/2024 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
   </si>
   <si>
     <t>c_2789359</t>
   </si>
   <si>
     <t>Insuffisance Ovarienne Prématurée (IOP)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/05/2021 12:02:00</t>
   </si>
@@ -862,51 +877,51 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H39"/>
+  <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1035,77 +1050,77 @@
       </c>
       <c r="E6" t="s">
         <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>46</v>
       </c>
       <c r="H6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>48</v>
       </c>
       <c r="C7" t="s">
         <v>49</v>
       </c>
       <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>50</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>51</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>22</v>
       </c>
       <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
         <v>54</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>56</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>57</v>
       </c>
       <c r="H8" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>59</v>
       </c>
       <c r="C9" t="s">
         <v>60</v>
       </c>
       <c r="D9" t="s">
@@ -1298,77 +1313,77 @@
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>97</v>
       </c>
       <c r="H16" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>22</v>
       </c>
       <c r="B17" t="s">
         <v>99</v>
       </c>
       <c r="C17" t="s">
         <v>100</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>22</v>
       </c>
       <c r="B18" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C18" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>105</v>
+        <v>76</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>106</v>
       </c>
       <c r="H18" t="s">
         <v>107</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19" t="s">
         <v>108</v>
       </c>
       <c r="C19" t="s">
         <v>109</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
@@ -1766,77 +1781,77 @@
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>186</v>
       </c>
       <c r="H34" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>22</v>
       </c>
       <c r="B35" t="s">
         <v>188</v>
       </c>
       <c r="C35" t="s">
         <v>189</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>71</v>
+        <v>190</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H35" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>22</v>
       </c>
       <c r="B36" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C36" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>194</v>
+        <v>76</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>195</v>
       </c>
       <c r="H36" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>22</v>
       </c>
       <c r="B37" t="s">
         <v>197</v>
       </c>
       <c r="C37" t="s">
         <v>198</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
@@ -1880,233 +1895,259 @@
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>22</v>
       </c>
       <c r="B39" t="s">
         <v>207</v>
       </c>
       <c r="C39" t="s">
         <v>208</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
         <v>209</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>210</v>
       </c>
       <c r="H39" t="s">
         <v>211</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>22</v>
+      </c>
+      <c r="B40" t="s">
+        <v>212</v>
+      </c>
+      <c r="C40" t="s">
+        <v>213</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>214</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>215</v>
+      </c>
+      <c r="H40" t="s">
+        <v>216</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B2" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="H2" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="I2" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B3" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="H3" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="I3" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B4" t="s">
+        <v>228</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>229</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>230</v>
+      </c>
+      <c r="H4" t="s">
+        <v>231</v>
+      </c>
+      <c r="I4" t="s">
         <v>223</v>
-      </c>
-[...19 lines deleted...]
-        <v>218</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B5" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H5" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="I5" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="B6" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H6" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="I6" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>