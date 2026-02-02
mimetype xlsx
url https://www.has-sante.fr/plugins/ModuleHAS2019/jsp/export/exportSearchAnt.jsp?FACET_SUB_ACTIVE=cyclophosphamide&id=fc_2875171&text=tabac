--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="395" uniqueCount="238">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="411" uniqueCount="248">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -368,50 +368,65 @@
   <si>
     <t>26/06/2019 12:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
   </si>
   <si>
     <t>p_3076472</t>
   </si>
   <si>
     <t>Myasthénie autoimmune</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
   </si>
   <si>
     <t>24/07/2015 10:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
   </si>
   <si>
     <t>c_2048406</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Syndrome d’Alport</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SA. Il a été élaboré par le Centre de Référence MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/10/2025 11:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689000/fr/syndrome-d-alport</t>
   </si>
   <si>
     <t>p_3689000</t>
   </si>
   <si>
     <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/05/2024 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
@@ -471,50 +486,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/05/2021 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
   </si>
   <si>
     <t>p_3264990</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Transplantation rénale chez l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/08/2024 16:00:00</t>
   </si>
@@ -1024,51 +1054,51 @@
       </c>
       <c r="D5" t="s">
         <v>42</v>
       </c>
       <c r="E5" t="s">
         <v>43</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>44</v>
       </c>
       <c r="H5" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:H36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1772,103 +1802,103 @@
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>182</v>
       </c>
       <c r="H28" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>46</v>
       </c>
       <c r="B29" t="s">
         <v>184</v>
       </c>
       <c r="C29" t="s">
         <v>185</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>136</v>
+        <v>186</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H29" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>46</v>
       </c>
       <c r="B30" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C30" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="H30" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>46</v>
       </c>
       <c r="B31" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C31" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>195</v>
+        <v>141</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>196</v>
       </c>
       <c r="H31" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>46</v>
       </c>
       <c r="B32" t="s">
         <v>198</v>
       </c>
       <c r="C32" t="s">
         <v>199</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
@@ -1899,291 +1929,343 @@
       </c>
       <c r="E33" t="s">
         <v>205</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>206</v>
       </c>
       <c r="H33" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>46</v>
       </c>
       <c r="B34" t="s">
         <v>208</v>
       </c>
       <c r="C34" t="s">
         <v>209</v>
       </c>
       <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
         <v>210</v>
       </c>
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
         <v>211</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>212</v>
       </c>
-      <c r="H34" t="s">
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>46</v>
+      </c>
+      <c r="B35" t="s">
         <v>213</v>
+      </c>
+      <c r="C35" t="s">
+        <v>214</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>215</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>216</v>
+      </c>
+      <c r="H35" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>46</v>
+      </c>
+      <c r="B36" t="s">
+        <v>218</v>
+      </c>
+      <c r="C36" t="s">
+        <v>219</v>
+      </c>
+      <c r="D36" t="s">
+        <v>220</v>
+      </c>
+      <c r="E36" t="s">
+        <v>221</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>222</v>
+      </c>
+      <c r="H36" t="s">
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="B2" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="C2" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="D2" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="E2" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="H2" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="B2" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="H2" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
       <c r="I2" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="B3" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="H3" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="I3" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="B2" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="C2" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="H2" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>