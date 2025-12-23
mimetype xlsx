--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -69,50 +69,68 @@
     <t/>
   </si>
   <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3375560/fr/sevrage-de-la-nutrition-enterale-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3375560</t>
   </si>
   <si>
     <t>Syndrome de Silver-Russell</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Silver-Russell. Il a été élaboré par Centre de Référence des Maladies Endocriniennes Rares de la Croissance et du Développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3294999/fr/syndrome-de-silver-russell</t>
   </si>
   <si>
     <t>p_3294999</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
   </si>
   <si>
     <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
   </si>
   <si>
     <t>27/05/2009 00:00:00</t>
   </si>
   <si>
     <t>08/07/2009 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
   </si>
   <si>
     <t>c_819557</t>
   </si>
   <si>
     <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
   </si>
@@ -158,51 +176,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -244,93 +262,119 @@
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>21</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>22</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>23</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>24</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B5" t="s">
         <v>27</v>
       </c>
       <c r="C5" t="s">
         <v>28</v>
       </c>
       <c r="D5" t="s">
         <v>29</v>
       </c>
       <c r="E5" t="s">
         <v>30</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>31</v>
       </c>
       <c r="H5" t="s">
         <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>