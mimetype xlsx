--- v0 (2025-11-26)
+++ v1 (2026-01-15)
@@ -9,161 +9,146 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>09/06/2017 12:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2772874</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -177,69 +162,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>