--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,116 +9,98 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Prise en charge des infections cutanées bactériennes courantes</t>
   </si>
   <si>
     <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
   </si>
   <si>
     <t>27/02/2019 00:00:00</t>
   </si>
   <si>
     <t>01/04/2019 14:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
   </si>
   <si>
     <t>c_2911550</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
@@ -143,51 +125,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -203,93 +185,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...24 lines deleted...]
-        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>