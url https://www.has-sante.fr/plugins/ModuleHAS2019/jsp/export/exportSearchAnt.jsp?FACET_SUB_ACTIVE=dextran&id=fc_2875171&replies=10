--- v1 (2026-02-15)
+++ v2 (2026-03-20)
@@ -4,169 +4,169 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="190" uniqueCount="101">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Hypercholestérolémie Familiale Homozygote</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>26/01/2026 08:38:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
   </si>
   <si>
     <t>p_3826396</t>
   </si>
   <si>
     <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
   </si>
   <si>
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
-  </si>
-[...37 lines deleted...]
-    <t>c_272249</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation des actes de vitrification et réchauffement ovocytaire - vitrification et réchauffement embryonnaire</t>
   </si>
   <si>
     <t>L’objectif de ce travail est d’évaluer les actes de vitrification ovocytaire et embryonnaire comparés notamment à la technique de congélation lente, afin de statuer sur la pertinence de leur inscription dans la Nomenclature des actes de biologie médicale (NABM)</t>
   </si>
   <si>
     <t>19/07/2017 00:00:00</t>
   </si>
   <si>
     <t>26/07/2017 12:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2749002/fr/evaluation-des-actes-de-vitrification-et-rechauffement-ovocytaire-vitrification-et-rechauffement-embryonnaire</t>
   </si>
   <si>
     <t>c_2749002</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -423,169 +423,169 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>25</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3" t="s">
         <v>29</v>
       </c>
       <c r="D3" t="s">
         <v>30</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
@@ -607,51 +607,51 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>34</v>
       </c>
       <c r="B2" t="s">
         <v>35</v>
       </c>
       <c r="C2" t="s">
         <v>36</v>
       </c>
       <c r="D2" t="s">
         <v>37</v>
       </c>
       <c r="E2" t="s">
         <v>38</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>39</v>
       </c>
       <c r="H2" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
@@ -667,292 +667,292 @@
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>42</v>
       </c>
       <c r="B2" t="s">
         <v>43</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>44</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>45</v>
       </c>
       <c r="H2" t="s">
         <v>46</v>
       </c>
       <c r="I2" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>42</v>
       </c>
       <c r="B3" t="s">
         <v>48</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>49</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>50</v>
       </c>
       <c r="H3" t="s">
         <v>51</v>
       </c>
       <c r="I3" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
         <v>52</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>53</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>54</v>
       </c>
       <c r="H4" t="s">
         <v>55</v>
       </c>
       <c r="I4" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
         <v>56</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>57</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>58</v>
       </c>
       <c r="H5" t="s">
         <v>59</v>
       </c>
       <c r="I5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>42</v>
       </c>
       <c r="B6" t="s">
         <v>60</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>61</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>62</v>
       </c>
       <c r="H6" t="s">
         <v>63</v>
       </c>
       <c r="I6" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>42</v>
       </c>
       <c r="B7" t="s">
         <v>64</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>65</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>66</v>
       </c>
       <c r="H7" t="s">
         <v>67</v>
       </c>
       <c r="I7" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>69</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
         <v>71</v>
       </c>
       <c r="I8" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>42</v>
       </c>
       <c r="B9" t="s">
         <v>72</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>73</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>74</v>
       </c>
       <c r="H9" t="s">
         <v>75</v>
       </c>
       <c r="I9" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>76</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>77</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>78</v>
       </c>
       <c r="H10" t="s">
         <v>79</v>
       </c>
       <c r="I10" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
@@ -977,101 +977,101 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>80</v>
       </c>
       <c r="J1" t="s">
         <v>81</v>
       </c>
       <c r="K1" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>83</v>
       </c>
       <c r="B2" t="s">
         <v>84</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>85</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>86</v>
       </c>
       <c r="H2" t="s">
         <v>87</v>
       </c>
       <c r="I2" t="s">
         <v>88</v>
       </c>
       <c r="J2" t="s">
         <v>89</v>
       </c>
       <c r="K2" t="s">
         <v>90</v>
       </c>
       <c r="L2" t="s">
         <v>91</v>
       </c>
       <c r="M2" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>83</v>
       </c>
       <c r="B3" t="s">
         <v>93</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>94</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>95</v>
       </c>
       <c r="H3" t="s">
         <v>96</v>
       </c>
       <c r="I3" t="s">
         <v>97</v>
       </c>
       <c r="J3" t="s">
         <v>98</v>
       </c>
       <c r="K3" t="s">
         <v>99</v>
       </c>
       <c r="L3" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>