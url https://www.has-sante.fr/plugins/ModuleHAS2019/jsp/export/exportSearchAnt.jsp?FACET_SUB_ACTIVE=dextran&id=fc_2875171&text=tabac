--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,149 +9,164 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
   </si>
   <si>
     <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
   </si>
   <si>
     <t>27/09/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 10:47:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
   </si>
   <si>
     <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +180,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>