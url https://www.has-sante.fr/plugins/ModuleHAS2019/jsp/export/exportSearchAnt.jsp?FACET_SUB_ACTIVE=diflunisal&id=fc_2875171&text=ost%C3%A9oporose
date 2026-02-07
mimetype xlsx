--- v0 (2025-12-16)
+++ v1 (2026-02-07)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>01/12/2000 16:50:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis, management and follow-up of patients with chronic low back pain</t>
+  </si>
+  <si>
+    <t>Chronic low back pain is defined as habitual pain in the lumbar region which has been present for more than three months. These guidelines concern chronic uncomplicated low back pain. They exclude the diagnosis and management of secondary low back pain caused by chronic inflammatory disease, trauma, tumour or infection.</t>
+  </si>
+  <si>
+    <t>12/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2000 16:50:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
+    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>