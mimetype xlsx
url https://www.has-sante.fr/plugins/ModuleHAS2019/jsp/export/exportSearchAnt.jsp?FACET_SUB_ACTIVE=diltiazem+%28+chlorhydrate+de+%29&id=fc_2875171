--- v0 (2025-12-20)
+++ v1 (2026-02-04)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>DILTIAZEM BIOGARAN LP (diltiazem (chlorhydrate de))</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/12/2016 10:12:00</t>
+    <t>14/10/2025 15:11:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983810/fr/diltiazem-biogaran-lp-diltiazem-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2983810</t>
   </si>
   <si>
     <t>diltiazem (chlorhydrate de)</t>
   </si>
   <si>
     <t>BIOGARAN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399135/fr/diltiazem-rpg-lp-300-mg-gelule-a-liberation-prolongee-boite-de-30-diltiazem-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399673/fr/diltiazem-biogaran-lp-300-mg-gelule-a-liberation-prolongee-boite-de-30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_594388/fr/diltiazem-biogaran-diltiazem-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1190376/fr/diltiazem-biogaran-diltiazem-chlorhydrate-de</t>
   </si>