--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,92 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2001 00:00:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271973/en/induced-abortion-up-to-14-weeks</t>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'interruption volontaire de grossesse jusqu'à 14 semaines</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge de l'interruption volontaire de grossesse (IVG) réalisée dans un délai de 14 semaines d'aménorrhée et dans le cadre légal.</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271973/fr/prise-en-charge-de-l-interruption-volontaire-de-grossesse-jusqu-a-14-semaines</t>
   </si>
   <si>
     <t>c_271973</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -104,101 +122,127 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
         <v>11</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>