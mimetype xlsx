--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/01/2005 00:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>