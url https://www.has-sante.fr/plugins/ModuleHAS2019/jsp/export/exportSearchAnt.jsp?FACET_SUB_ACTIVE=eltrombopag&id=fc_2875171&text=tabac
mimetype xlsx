--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,146 +9,161 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="20">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -162,43 +177,69 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>