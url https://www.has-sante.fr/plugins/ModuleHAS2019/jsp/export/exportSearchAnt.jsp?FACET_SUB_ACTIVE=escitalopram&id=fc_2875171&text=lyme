--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -75,101 +75,119 @@
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +227,69 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>