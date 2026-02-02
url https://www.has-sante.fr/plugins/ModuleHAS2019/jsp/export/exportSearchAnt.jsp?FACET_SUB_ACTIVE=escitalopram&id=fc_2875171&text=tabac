--- v0 (2025-12-03)
+++ v1 (2026-02-02)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="69">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -80,84 +80,114 @@
   <si>
     <t>c_2581436</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Lupus Systémique de l'adulte et de l'enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/02/2024 00:00:00</t>
   </si>
   <si>
     <t>09/02/2024 08:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
   </si>
   <si>
     <t>p_3493410</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
     <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
   </si>
   <si>
     <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
   </si>
   <si>
     <t>19/06/2025 00:00:00</t>
   </si>
   <si>
     <t>10/07/2025 14:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
     <t>Épisode dépressif caractérisé de l’adulte : prise en charge en premier recours</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique (RBP) porte sur la prise en charge de la dépression de l’adulte en soins de premier recours, et aborde plus particulièrement le rôle du médecin généraliste.</t>
   </si>
   <si>
     <t>04/10/2017 00:00:00</t>
   </si>
   <si>
     <t>08/11/2017 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1739917/fr/episode-depressif-caracterise-de-l-adulte-prise-en-charge-en-premier-recours</t>
   </si>
   <si>
     <t>c_1739917</t>
+  </si>
+  <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
   </si>
   <si>
     <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
   </si>
   <si>
     <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
   </si>
   <si>
     <t>26/03/2018 00:00:00</t>
   </si>
   <si>
     <t>26/03/2018 05:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
   </si>
   <si>
     <t>c_2006477</t>
   </si>
   <si>
     <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
   </si>
   <si>
     <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
   </si>
@@ -236,51 +266,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -322,197 +352,249 @@
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>42</v>
       </c>
-      <c r="D7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>43</v>
       </c>
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
         <v>47</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>48</v>
       </c>
-      <c r="D8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>49</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
         <v>53</v>
       </c>
-      <c r="B9" t="s">
+      <c r="E9" t="s">
         <v>54</v>
       </c>
-      <c r="C9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>55</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>56</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
         <v>57</v>
       </c>
-      <c r="H9" t="s">
+      <c r="C10" t="s">
         <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>