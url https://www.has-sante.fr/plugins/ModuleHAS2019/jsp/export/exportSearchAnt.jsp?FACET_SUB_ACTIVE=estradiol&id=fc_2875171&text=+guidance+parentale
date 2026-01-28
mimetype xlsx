--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="181">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="272" uniqueCount="186">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -218,51 +218,51 @@
   <si>
     <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
   </si>
   <si>
     <t>19/03/2014 00:00:00</t>
   </si>
   <si>
     <t>19/05/2014 10:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
   </si>
   <si>
     <t>c_1741170</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Insuffisance Ovarienne Prématurée (IOP)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte d’insuffisance ovarienne prématurée (IOP). Il a été élaboré par le Centre de Référence des Maladies Endocriniennes Rares de la croissance et du développement (CRMERCD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/05/2021 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264990/fr/insuffisance-ovarienne-prematuree-iop</t>
   </si>
   <si>
     <t>p_3264990</t>
   </si>
   <si>
     <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
   </si>
@@ -432,50 +432,65 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/12/2021 21:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
   </si>
   <si>
     <t>p_3289848</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
   </si>
   <si>
     <t>Déficit hypophysaire congénital</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
   </si>
   <si>
     <t>p_3301031</t>
   </si>
   <si>
     <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>09/09/2022 08:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
   </si>
@@ -602,51 +617,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H33"/>
+  <dimension ref="A1:H34"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1298,211 +1313,237 @@
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
         <v>139</v>
       </c>
       <c r="H26" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>141</v>
       </c>
       <c r="C27" t="s">
         <v>142</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>35</v>
+        <v>143</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H27" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C28" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>147</v>
+        <v>35</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>148</v>
       </c>
       <c r="H28" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>59</v>
+        <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>150</v>
       </c>
       <c r="C29" t="s">
         <v>151</v>
       </c>
       <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
         <v>152</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
         <v>153</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>8</v>
+        <v>59</v>
       </c>
       <c r="B30" t="s">
+        <v>155</v>
+      </c>
+      <c r="C30" t="s">
         <v>156</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>157</v>
       </c>
-      <c r="D30" t="s">
+      <c r="E30" t="s">
         <v>158</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
         <v>159</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>59</v>
+        <v>8</v>
       </c>
       <c r="B31" t="s">
+        <v>161</v>
+      </c>
+      <c r="C31" t="s">
         <v>162</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>163</v>
       </c>
-      <c r="D31" t="s">
+      <c r="E31" t="s">
         <v>164</v>
       </c>
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
         <v>165</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
+        <v>59</v>
+      </c>
+      <c r="B32" t="s">
+        <v>167</v>
+      </c>
+      <c r="C32" t="s">
         <v>168</v>
       </c>
-      <c r="B32" t="s">
+      <c r="D32" t="s">
         <v>169</v>
       </c>
-      <c r="C32" t="s">
+      <c r="E32" t="s">
         <v>170</v>
       </c>
-      <c r="D32" t="s">
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
         <v>171</v>
       </c>
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>172</v>
-      </c>
-[...7 lines deleted...]
-        <v>174</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="B33" t="s">
+        <v>174</v>
+      </c>
+      <c r="C33" t="s">
         <v>175</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>176</v>
       </c>
-      <c r="D33" t="s">
+      <c r="E33" t="s">
         <v>177</v>
       </c>
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
         <v>178</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>179</v>
       </c>
-      <c r="H33" t="s">
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>173</v>
+      </c>
+      <c r="B34" t="s">
         <v>180</v>
+      </c>
+      <c r="C34" t="s">
+        <v>181</v>
+      </c>
+      <c r="D34" t="s">
+        <v>182</v>
+      </c>
+      <c r="E34" t="s">
+        <v>183</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>184</v>
+      </c>
+      <c r="H34" t="s">
+        <v>185</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>