--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="80">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -119,72 +119,87 @@
   <si>
     <t>Syndrome de l’X Fragile</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/08/2021 15:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
   </si>
   <si>
     <t>p_3264437</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Syndrome d’Angelman</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
   </si>
   <si>
     <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
   </si>
   <si>
     <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/10/2021 10:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
   </si>
   <si>
     <t>c_2679254</t>
   </si>
   <si>
     <t>Syndrome Prader Willi</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
@@ -284,51 +299,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -604,67 +619,93 @@
       </c>
       <c r="B12" t="s">
         <v>64</v>
       </c>
       <c r="C12" t="s">
         <v>65</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>66</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>67</v>
       </c>
       <c r="H12" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
         <v>69</v>
       </c>
       <c r="C13" t="s">
         <v>70</v>
       </c>
       <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>71</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>72</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>73</v>
       </c>
-      <c r="H13" t="s">
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
         <v>74</v>
+      </c>
+      <c r="C14" t="s">
+        <v>75</v>
+      </c>
+      <c r="D14" t="s">
+        <v>76</v>
+      </c>
+      <c r="E14" t="s">
+        <v>77</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>78</v>
+      </c>
+      <c r="H14" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>